--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,254 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,447 +566,498 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="441.035" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...22 lines deleted...]
-      <c r="I4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>33</v>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...34 lines deleted...]
-      <c r="M5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...10 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>46</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...114 lines deleted...]
-        <v>54</v>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>