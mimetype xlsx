--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -12,185 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,235 +470,256 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="280.646" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
         <v>29</v>
-      </c>
-[...23 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>