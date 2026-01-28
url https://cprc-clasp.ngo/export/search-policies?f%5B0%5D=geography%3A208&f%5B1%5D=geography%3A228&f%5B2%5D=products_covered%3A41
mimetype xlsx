--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -119,51 +119,51 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
@@ -197,50 +197,53 @@
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
     <t>Television set or a television monitor of domestic and foreign make</t>
   </si>
   <si>
     <t>Ukraine</t>
@@ -1132,590 +1135,590 @@
       </c>
       <c r="P6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>51</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8" t="s">
         <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>46</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1989</v>
       </c>
       <c r="I10">
         <v>1991</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H12">
         <v>2022</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
       <c r="F16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>51</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">