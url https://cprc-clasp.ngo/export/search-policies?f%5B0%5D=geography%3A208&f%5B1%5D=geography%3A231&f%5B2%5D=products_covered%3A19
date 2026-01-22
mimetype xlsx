--- v0 (2025-11-28)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
@@ -203,50 +203,53 @@
     <t>Voluntary</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
     <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
@@ -717,51 +720,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -991,406 +994,406 @@
       </c>
       <c r="P5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>53</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
         <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>55</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
         <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>54</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9" t="s">
         <v>55</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>56</v>
       </c>
       <c r="K9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>36</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
         <v>47</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
         <v>45</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>63</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13">
         <v>2017</v>
       </c>
       <c r="J13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">