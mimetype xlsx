--- v0 (2025-12-13)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,105 +80,108 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>GOST 18198-89 Television receivers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...52 lines deleted...]
-    <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
     <t>http://docs.cntd.ru/document/1200016457</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
@@ -798,310 +801,310 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>1990</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>34</v>
       </c>
       <c r="K7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">