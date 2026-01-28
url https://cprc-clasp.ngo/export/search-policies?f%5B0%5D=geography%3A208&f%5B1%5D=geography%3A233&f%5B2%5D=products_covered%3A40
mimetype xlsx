--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,114 +80,117 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Displays, Televisions</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...61 lines deleted...]
-    <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
@@ -758,216 +761,216 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2022</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">