--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,111 +80,114 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
+  </si>
+  <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...58 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
   </si>
   <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
     <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -884,504 +887,504 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2014</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H9">
         <v>2005</v>
       </c>
       <c r="I9">
         <v>2008</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2010</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>35</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>41</v>
       </c>
       <c r="F11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">