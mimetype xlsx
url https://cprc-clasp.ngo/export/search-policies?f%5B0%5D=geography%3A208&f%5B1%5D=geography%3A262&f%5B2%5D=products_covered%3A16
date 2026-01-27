--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -134,51 +134,51 @@
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
     <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
@@ -210,50 +210,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
 In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
 Reference test methods are listed in Annex IVa.
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
@@ -299,60 +302,61 @@
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>August 2023</t>
@@ -1236,960 +1240,958 @@
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H7">
         <v>2023</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>48</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H8">
         <v>2009</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
         <v>48</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>56</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>48</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>56</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="F10" t="s">
         <v>39</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
         <v>48</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>56</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>39</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H11">
         <v>2023</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>39</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2023</v>
       </c>
       <c r="J12" t="s">
         <v>48</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>56</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
         <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>39</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H13">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>56</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>39</v>
       </c>
       <c r="G15" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>56</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>39</v>
       </c>
       <c r="G16" t="s">
         <v>40</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>41</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>39</v>
       </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>39</v>
       </c>
       <c r="G18" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" t="s">
         <v>39</v>
       </c>
       <c r="G19" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H19">
         <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="F20" t="s">
         <v>39</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H20">
         <v>2022</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>39</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H21">
         <v>2022</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="O21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>39</v>
       </c>
       <c r="G22" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>39</v>
       </c>
       <c r="G23" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="F24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24">
         <v>2014</v>
       </c>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>39</v>
       </c>
       <c r="G25" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H25">
         <v>2014</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>48</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>47</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>39</v>
       </c>
       <c r="G26" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>48</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">