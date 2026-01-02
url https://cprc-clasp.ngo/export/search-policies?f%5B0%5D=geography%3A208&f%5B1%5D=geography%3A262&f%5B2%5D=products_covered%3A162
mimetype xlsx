--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -139,50 +139,53 @@
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
 (a) light sources;
 (b) separate control gears.
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
@@ -909,552 +912,552 @@
       </c>
       <c r="P3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>1998</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>2000</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2017</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H10">
         <v>2005</v>
       </c>
       <c r="I10">
         <v>2008</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2010</v>
       </c>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>35</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">