--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -65,69 +65,70 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
@@ -575,55 +576,53 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>