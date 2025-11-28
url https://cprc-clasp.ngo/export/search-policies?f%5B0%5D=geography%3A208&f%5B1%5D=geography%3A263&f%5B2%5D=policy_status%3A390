--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,2785 +12,2485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="857">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="759">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>April 2025</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>ICS 97.040.30</t>
-[...2 lines deleted...]
-    <t>Egyptian Organization for Standards &amp; Quality</t>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
-[...94 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...31 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
-    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
-[...2 lines deleted...]
-    <t>Ethiopia</t>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
+    <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>GSO 2530:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>Directive 2010-30-EU</t>
+  </si>
+  <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>DNIS IEC TS 62257-9-8:2019EE</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
+  </si>
+  <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>ECOSTAND 053: 2016</t>
+  </si>
+  <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
+    <t>ECOWAS</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
-    <t>Solar</t>
-[...118 lines deleted...]
-  <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
-    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>ISO-8187</t>
-[...1 lines deleted...]
-  <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
-[...2 lines deleted...]
-    <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+    <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
+  </si>
+  <si>
+    <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
-[...302 lines deleted...]
-    <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+    <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
+    <t>Battery Chargers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
+    <t>Cookstoves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
+  </si>
+  <si>
+    <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...469 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
-    <t>MEPS for lighting products</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
-    <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
-    <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
+    <t>http://mauritianstandards.com/import-std-683/</t>
   </si>
   <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>Ovens</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
   </si>
   <si>
-    <t>NMG 202-1 National quality standards for pico-PV products</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
-    <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
-[...11 lines deleted...]
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...38 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...2 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...8 lines deleted...]
-    <t>SI 69 Electric water heaters</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
-[...19 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
+    <t>September 2018</t>
+  </si>
+  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...20 lines deleted...]
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
-    <t>VC 8043 Incandescent Lamps</t>
-[...9 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
-    <t>VC 9008</t>
-[...30 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
   <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3054,10397 +2754,6592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N244"/>
+  <dimension ref="A1:P138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="259" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...11 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...89 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K7" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="N7" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K8" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>75</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>51</v>
       </c>
-    </row>
-[...144 lines deleted...]
-        <v>2008</v>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>106</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>75</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>114</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...6 lines deleted...]
-      <c r="N12" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>129</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>131</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>75</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>121</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>52</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>124</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" t="s">
+        <v>144</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" t="s">
+        <v>106</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>148</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>154</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>108</v>
+      </c>
+      <c r="N20" t="s">
+        <v>156</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>105</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>182</v>
+      </c>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" t="s">
+        <v>122</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>187</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>85</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2006</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>192</v>
+      </c>
+      <c r="D27" t="s">
+        <v>199</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1993</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>194</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>204</v>
+      </c>
+      <c r="D28" t="s">
+        <v>69</v>
+      </c>
+      <c r="E28" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>123</v>
+      </c>
+      <c r="K28" t="s">
+        <v>106</v>
+      </c>
+      <c r="L28" t="s">
+        <v>107</v>
+      </c>
+      <c r="M28" t="s">
+        <v>205</v>
+      </c>
+      <c r="N28" t="s">
+        <v>75</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>204</v>
+      </c>
+      <c r="D29" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>71</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>130</v>
+      </c>
+      <c r="K29" t="s">
+        <v>106</v>
+      </c>
+      <c r="L29" t="s">
+        <v>107</v>
+      </c>
+      <c r="M29" t="s">
+        <v>205</v>
+      </c>
+      <c r="N29" t="s">
+        <v>75</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>82</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>52</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>213</v>
+      </c>
+      <c r="M30" t="s">
+        <v>124</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>104</v>
+      </c>
+      <c r="D31" t="s">
+        <v>139</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>140</v>
+      </c>
+      <c r="M31" t="s">
+        <v>108</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>221</v>
+      </c>
+      <c r="D32" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" t="s">
+        <v>71</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>106</v>
+      </c>
+      <c r="L32" t="s">
+        <v>107</v>
+      </c>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>148</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>51</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>229</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>235</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>82</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>236</v>
+      </c>
+      <c r="M34" t="s">
+        <v>230</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>228</v>
+      </c>
+      <c r="D35" t="s">
+        <v>240</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>82</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>229</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>241</v>
+      </c>
+      <c r="M35" t="s">
+        <v>230</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>242</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>228</v>
+      </c>
+      <c r="D36" t="s">
+        <v>245</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>229</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>246</v>
+      </c>
+      <c r="M36" t="s">
+        <v>230</v>
+      </c>
+      <c r="N36" t="s">
+        <v>33</v>
+      </c>
+      <c r="O36" t="s">
+        <v>247</v>
+      </c>
+      <c r="P36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>228</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>82</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>229</v>
+      </c>
+      <c r="K37" t="s">
+        <v>250</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>230</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>252</v>
+      </c>
+      <c r="B38" t="s">
+        <v>253</v>
+      </c>
+      <c r="C38" t="s">
+        <v>228</v>
+      </c>
+      <c r="D38" t="s">
+        <v>254</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>229</v>
+      </c>
+      <c r="K38" t="s">
+        <v>250</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>230</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>256</v>
+      </c>
+      <c r="P38" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>228</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>229</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
+        <v>230</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>228</v>
+      </c>
+      <c r="D40" t="s">
+        <v>263</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>229</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>230</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>264</v>
+      </c>
+      <c r="P40" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>265</v>
+      </c>
+      <c r="B41" t="s">
+        <v>266</v>
+      </c>
+      <c r="C41" t="s">
+        <v>228</v>
+      </c>
+      <c r="D41" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>82</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>229</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>268</v>
+      </c>
+      <c r="M41" t="s">
+        <v>230</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>228</v>
+      </c>
+      <c r="D42" t="s">
+        <v>58</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>82</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>229</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>272</v>
+      </c>
+      <c r="M42" t="s">
+        <v>230</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>274</v>
+      </c>
+      <c r="B43" t="s">
+        <v>275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>228</v>
+      </c>
+      <c r="D43" t="s">
+        <v>81</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>82</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2002</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>229</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>276</v>
+      </c>
+      <c r="M43" t="s">
+        <v>230</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>277</v>
+      </c>
+      <c r="P43" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>278</v>
+      </c>
+      <c r="B44" t="s">
+        <v>279</v>
+      </c>
+      <c r="C44" t="s">
+        <v>228</v>
+      </c>
+      <c r="D44" t="s">
+        <v>280</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>82</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>229</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>281</v>
+      </c>
+      <c r="M44" t="s">
+        <v>230</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>282</v>
+      </c>
+      <c r="P44" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>228</v>
+      </c>
+      <c r="D45" t="s">
+        <v>285</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>82</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>229</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>286</v>
+      </c>
+      <c r="M45" t="s">
+        <v>230</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>287</v>
+      </c>
+      <c r="P45" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>290</v>
+      </c>
+      <c r="D46" t="s">
+        <v>69</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>291</v>
+      </c>
+      <c r="K46" t="s">
+        <v>106</v>
+      </c>
+      <c r="L46" t="s">
+        <v>292</v>
+      </c>
+      <c r="M46" t="s">
+        <v>293</v>
+      </c>
+      <c r="N46" t="s">
+        <v>75</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>296</v>
+      </c>
+      <c r="B47" t="s">
+        <v>297</v>
+      </c>
+      <c r="C47" t="s">
+        <v>221</v>
+      </c>
+      <c r="D47" t="s">
+        <v>58</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>123</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>298</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>221</v>
+      </c>
+      <c r="D48" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>303</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>298</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>306</v>
+      </c>
+      <c r="B49" t="s">
+        <v>307</v>
+      </c>
+      <c r="C49" t="s">
+        <v>221</v>
+      </c>
+      <c r="D49" t="s">
+        <v>308</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>129</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>303</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>298</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>309</v>
+      </c>
+      <c r="P49" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>310</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>82</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>52</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>312</v>
+      </c>
+      <c r="M50" t="s">
+        <v>298</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>313</v>
+      </c>
+      <c r="P50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" t="s">
+        <v>316</v>
+      </c>
+      <c r="C51" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" t="s">
+        <v>267</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>303</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>298</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>317</v>
+      </c>
+      <c r="P51" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>221</v>
+      </c>
+      <c r="D52" t="s">
+        <v>320</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>303</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>298</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>321</v>
+      </c>
+      <c r="P52" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>322</v>
+      </c>
+      <c r="B53" t="s">
+        <v>323</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" t="s">
+        <v>324</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>303</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>298</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>325</v>
+      </c>
+      <c r="P53" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>326</v>
+      </c>
+      <c r="B54" t="s">
+        <v>327</v>
+      </c>
+      <c r="C54" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" t="s">
+        <v>328</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2022</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>303</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>298</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>329</v>
+      </c>
+      <c r="P54" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>330</v>
+      </c>
+      <c r="B55" t="s">
+        <v>331</v>
+      </c>
+      <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>332</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>333</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>298</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>335</v>
+      </c>
+      <c r="B56" t="s">
+        <v>336</v>
+      </c>
+      <c r="C56" t="s">
+        <v>221</v>
+      </c>
+      <c r="D56" t="s">
+        <v>337</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2022</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>333</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>298</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>338</v>
+      </c>
+      <c r="P56" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>339</v>
+      </c>
+      <c r="B57" t="s">
+        <v>340</v>
+      </c>
+      <c r="C57" t="s">
+        <v>221</v>
+      </c>
+      <c r="D57" t="s">
+        <v>341</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>333</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>298</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>342</v>
+      </c>
+      <c r="P57" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>343</v>
+      </c>
+      <c r="B58" t="s">
+        <v>344</v>
+      </c>
+      <c r="C58" t="s">
+        <v>221</v>
+      </c>
+      <c r="D58" t="s">
+        <v>345</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2022</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>303</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>298</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>346</v>
+      </c>
+      <c r="P58" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>221</v>
+      </c>
+      <c r="D59" t="s">
+        <v>349</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>303</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>298</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>351</v>
+      </c>
+      <c r="B60" t="s">
+        <v>352</v>
+      </c>
+      <c r="C60" t="s">
+        <v>221</v>
+      </c>
+      <c r="D60" t="s">
+        <v>353</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>303</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>298</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>354</v>
+      </c>
+      <c r="P60" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>355</v>
+      </c>
+      <c r="B61" t="s">
+        <v>356</v>
+      </c>
+      <c r="C61" t="s">
+        <v>221</v>
+      </c>
+      <c r="D61" t="s">
+        <v>153</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>303</v>
+      </c>
+      <c r="K61" t="s">
+        <v>154</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>298</v>
+      </c>
+      <c r="N61" t="s">
+        <v>357</v>
+      </c>
+      <c r="O61" t="s">
+        <v>358</v>
+      </c>
+      <c r="P61" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>359</v>
+      </c>
+      <c r="B62" t="s">
+        <v>360</v>
+      </c>
+      <c r="C62" t="s">
+        <v>221</v>
+      </c>
+      <c r="D62" t="s">
+        <v>44</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>303</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>298</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>361</v>
+      </c>
+      <c r="P62" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>362</v>
+      </c>
+      <c r="B63" t="s">
+        <v>363</v>
+      </c>
+      <c r="C63" t="s">
+        <v>221</v>
+      </c>
+      <c r="D63" t="s">
+        <v>161</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2022</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>303</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>298</v>
+      </c>
+      <c r="N63" t="s">
+        <v>33</v>
+      </c>
+      <c r="O63" t="s">
+        <v>364</v>
+      </c>
+      <c r="P63" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>365</v>
+      </c>
+      <c r="B64" t="s">
+        <v>366</v>
+      </c>
+      <c r="C64" t="s">
+        <v>221</v>
+      </c>
+      <c r="D64" t="s">
+        <v>367</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>303</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>298</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>368</v>
+      </c>
+      <c r="P64" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>369</v>
+      </c>
+      <c r="B65" t="s">
+        <v>370</v>
+      </c>
+      <c r="C65" t="s">
+        <v>221</v>
+      </c>
+      <c r="D65" t="s">
+        <v>371</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>303</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>298</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>372</v>
+      </c>
+      <c r="P65" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>373</v>
+      </c>
+      <c r="B66" t="s">
+        <v>374</v>
+      </c>
+      <c r="C66" t="s">
+        <v>221</v>
+      </c>
+      <c r="D66" t="s">
+        <v>31</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2022</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>303</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>298</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>375</v>
+      </c>
+      <c r="P66" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>376</v>
+      </c>
+      <c r="B67" t="s">
+        <v>377</v>
+      </c>
+      <c r="C67" t="s">
+        <v>221</v>
+      </c>
+      <c r="D67" t="s">
+        <v>378</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>303</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>298</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>379</v>
+      </c>
+      <c r="P67" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>380</v>
+      </c>
+      <c r="B68" t="s">
+        <v>381</v>
+      </c>
+      <c r="C68" t="s">
+        <v>221</v>
+      </c>
+      <c r="D68" t="s">
+        <v>382</v>
+      </c>
+      <c r="E68" t="s">
+        <v>114</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2022</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>303</v>
+      </c>
+      <c r="K68" t="s">
+        <v>131</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>298</v>
+      </c>
+      <c r="N68" t="s">
+        <v>75</v>
+      </c>
+      <c r="O68" t="s">
+        <v>383</v>
+      </c>
+      <c r="P68" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>384</v>
+      </c>
+      <c r="B69" t="s">
+        <v>220</v>
+      </c>
+      <c r="C69" t="s">
+        <v>385</v>
+      </c>
+      <c r="D69" t="s">
+        <v>386</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>71</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>387</v>
+      </c>
+      <c r="K69" t="s">
+        <v>106</v>
+      </c>
+      <c r="L69" t="s">
+        <v>107</v>
+      </c>
+      <c r="M69" t="s">
+        <v>388</v>
+      </c>
+      <c r="N69" t="s">
+        <v>75</v>
+      </c>
+      <c r="O69" t="s">
+        <v>389</v>
+      </c>
+      <c r="P69" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>391</v>
+      </c>
+      <c r="B70" t="s">
         <v>67</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C13" t="s">
+      <c r="C70" t="s">
+        <v>392</v>
+      </c>
+      <c r="D70" t="s">
         <v>69</v>
       </c>
-      <c r="D13" t="s">
-[...15 lines deleted...]
-      <c r="J13" t="s">
+      <c r="E70" t="s">
+        <v>70</v>
+      </c>
+      <c r="F70" t="s">
+        <v>71</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2022</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>393</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>73</v>
+      </c>
+      <c r="M70" t="s">
+        <v>394</v>
+      </c>
+      <c r="N70" t="s">
+        <v>75</v>
+      </c>
+      <c r="O70" t="s">
+        <v>395</v>
+      </c>
+      <c r="P70" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>397</v>
+      </c>
+      <c r="B71" t="s">
+        <v>67</v>
+      </c>
+      <c r="C71" t="s">
+        <v>392</v>
+      </c>
+      <c r="D71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>71</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2022</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>393</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>398</v>
+      </c>
+      <c r="M71" t="s">
+        <v>394</v>
+      </c>
+      <c r="N71" t="s">
+        <v>75</v>
+      </c>
+      <c r="O71" t="s">
+        <v>399</v>
+      </c>
+      <c r="P71" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>401</v>
+      </c>
+      <c r="B72" t="s">
+        <v>402</v>
+      </c>
+      <c r="C72" t="s">
+        <v>403</v>
+      </c>
+      <c r="D72" t="s">
+        <v>404</v>
+      </c>
+      <c r="E72" t="s">
+        <v>114</v>
+      </c>
+      <c r="F72" t="s">
+        <v>82</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>405</v>
+      </c>
+      <c r="M72" t="s">
+        <v>406</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>407</v>
+      </c>
+      <c r="P72" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>409</v>
+      </c>
+      <c r="B73" t="s">
+        <v>402</v>
+      </c>
+      <c r="C73" t="s">
+        <v>403</v>
+      </c>
+      <c r="D73" t="s">
+        <v>81</v>
+      </c>
+      <c r="E73" t="s">
+        <v>114</v>
+      </c>
+      <c r="F73" t="s">
+        <v>82</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>405</v>
+      </c>
+      <c r="M73" t="s">
+        <v>406</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>410</v>
+      </c>
+      <c r="P73" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>411</v>
+      </c>
+      <c r="B74" t="s">
+        <v>412</v>
+      </c>
+      <c r="C74" t="s">
+        <v>413</v>
+      </c>
+      <c r="D74" t="s">
+        <v>414</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>82</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>52</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>415</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>416</v>
+      </c>
+      <c r="P74" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>411</v>
+      </c>
+      <c r="B75" t="s">
+        <v>412</v>
+      </c>
+      <c r="C75" t="s">
+        <v>413</v>
+      </c>
+      <c r="D75" t="s">
+        <v>404</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>82</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>52</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>415</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>418</v>
+      </c>
+      <c r="P75" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>419</v>
+      </c>
+      <c r="B76" t="s">
+        <v>420</v>
+      </c>
+      <c r="C76" t="s">
+        <v>413</v>
+      </c>
+      <c r="D76" t="s">
+        <v>81</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>82</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>52</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>415</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>421</v>
+      </c>
+      <c r="P76" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>423</v>
+      </c>
+      <c r="B77" t="s">
+        <v>424</v>
+      </c>
+      <c r="C77" t="s">
+        <v>49</v>
+      </c>
+      <c r="D77" t="s">
+        <v>50</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...29 lines deleted...]
-      <c r="G14">
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2010</v>
       </c>
-      <c r="H14"/>
-[...3 lines deleted...]
-      <c r="J14" t="s">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>52</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>53</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>425</v>
+      </c>
+      <c r="P77" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>427</v>
+      </c>
+      <c r="B78" t="s">
+        <v>62</v>
+      </c>
+      <c r="C78" t="s">
+        <v>49</v>
+      </c>
+      <c r="D78" t="s">
+        <v>63</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...29 lines deleted...]
-      <c r="G15">
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2010</v>
       </c>
-      <c r="H15"/>
-[...3 lines deleted...]
-      <c r="J15" t="s">
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>52</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>53</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>428</v>
+      </c>
+      <c r="P78" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>429</v>
+      </c>
+      <c r="B79" t="s">
+        <v>430</v>
+      </c>
+      <c r="C79" t="s">
+        <v>431</v>
+      </c>
+      <c r="D79" t="s">
+        <v>58</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...36 lines deleted...]
-      <c r="J16" t="s">
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>52</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>432</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>433</v>
+      </c>
+      <c r="P79" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>435</v>
+      </c>
+      <c r="B80" t="s">
+        <v>436</v>
+      </c>
+      <c r="C80" t="s">
+        <v>160</v>
+      </c>
+      <c r="D80" t="s">
+        <v>44</v>
+      </c>
+      <c r="E80" t="s">
+        <v>114</v>
+      </c>
+      <c r="F80" t="s">
+        <v>437</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2017</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>438</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>439</v>
+      </c>
+      <c r="M80" t="s">
+        <v>162</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>440</v>
+      </c>
+      <c r="P80" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>442</v>
+      </c>
+      <c r="B81" t="s">
+        <v>443</v>
+      </c>
+      <c r="C81" t="s">
+        <v>204</v>
+      </c>
+      <c r="D81" t="s">
+        <v>444</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...14 lines deleted...]
-      <c r="B17" t="s">
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2017</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>123</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>205</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>445</v>
+      </c>
+      <c r="P81" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>447</v>
+      </c>
+      <c r="B82" t="s">
+        <v>448</v>
+      </c>
+      <c r="C82" t="s">
+        <v>449</v>
+      </c>
+      <c r="D82" t="s">
+        <v>44</v>
+      </c>
+      <c r="E82" t="s">
+        <v>114</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>123</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>450</v>
+      </c>
+      <c r="M82" t="s">
+        <v>451</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>452</v>
+      </c>
+      <c r="P82" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>454</v>
+      </c>
+      <c r="B83" t="s">
+        <v>455</v>
+      </c>
+      <c r="C83" t="s">
+        <v>449</v>
+      </c>
+      <c r="D83" t="s">
+        <v>456</v>
+      </c>
+      <c r="E83" t="s">
+        <v>114</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>123</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>457</v>
+      </c>
+      <c r="M83" t="s">
+        <v>451</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>458</v>
+      </c>
+      <c r="P83" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>460</v>
+      </c>
+      <c r="B84" t="s">
+        <v>461</v>
+      </c>
+      <c r="C84" t="s">
+        <v>449</v>
+      </c>
+      <c r="D84" t="s">
+        <v>462</v>
+      </c>
+      <c r="E84" t="s">
+        <v>114</v>
+      </c>
+      <c r="F84" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
-[...2852 lines deleted...]
-        <v>2013</v>
+      <c r="G84" t="s">
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2014</v>
       </c>
-      <c r="I84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>350</v>
+        <v>123</v>
       </c>
       <c r="K84" t="s">
-        <v>351</v>
+        <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>333</v>
+        <v>463</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>451</v>
       </c>
       <c r="N84" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>464</v>
+      </c>
+      <c r="P84" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>353</v>
+        <v>466</v>
       </c>
       <c r="B85" t="s">
-        <v>330</v>
+        <v>467</v>
       </c>
       <c r="C85" t="s">
-        <v>354</v>
+        <v>449</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="E85" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G85">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2012</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>123</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>468</v>
+      </c>
+      <c r="M85" t="s">
+        <v>451</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>469</v>
+      </c>
+      <c r="P85" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>471</v>
+      </c>
+      <c r="B86" t="s">
+        <v>467</v>
+      </c>
+      <c r="C86" t="s">
+        <v>449</v>
+      </c>
+      <c r="D86" t="s">
+        <v>472</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>123</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>473</v>
+      </c>
+      <c r="M86" t="s">
+        <v>451</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>474</v>
+      </c>
+      <c r="P86" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>476</v>
+      </c>
+      <c r="B87" t="s">
+        <v>477</v>
+      </c>
+      <c r="C87" t="s">
+        <v>449</v>
+      </c>
+      <c r="D87" t="s">
+        <v>263</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2011</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>123</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>478</v>
+      </c>
+      <c r="M87" t="s">
+        <v>451</v>
+      </c>
+      <c r="N87" t="s">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>479</v>
+      </c>
+      <c r="P87" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>481</v>
+      </c>
+      <c r="B88" t="s">
+        <v>482</v>
+      </c>
+      <c r="C88" t="s">
+        <v>449</v>
+      </c>
+      <c r="D88" t="s">
+        <v>483</v>
+      </c>
+      <c r="E88" t="s">
+        <v>114</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2013</v>
       </c>
-      <c r="H85">
-[...5 lines deleted...]
-      <c r="J85" t="s">
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>123</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>484</v>
+      </c>
+      <c r="M88" t="s">
+        <v>451</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>485</v>
+      </c>
+      <c r="P88" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>487</v>
+      </c>
+      <c r="B89" t="s">
+        <v>488</v>
+      </c>
+      <c r="C89" t="s">
+        <v>160</v>
+      </c>
+      <c r="D89" t="s">
+        <v>489</v>
+      </c>
+      <c r="E89" t="s">
+        <v>70</v>
+      </c>
+      <c r="F89" t="s">
+        <v>437</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2023</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>438</v>
+      </c>
+      <c r="K89" t="s">
+        <v>490</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>162</v>
+      </c>
+      <c r="N89" t="s">
+        <v>33</v>
+      </c>
+      <c r="O89" t="s">
+        <v>491</v>
+      </c>
+      <c r="P89" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>493</v>
+      </c>
+      <c r="B90" t="s">
+        <v>494</v>
+      </c>
+      <c r="C90" t="s">
+        <v>495</v>
+      </c>
+      <c r="D90" t="s">
+        <v>496</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...208 lines deleted...]
-        <v>2013</v>
+      <c r="G90" t="s">
+        <v>144</v>
       </c>
       <c r="H90">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
-        <v>21</v>
+        <v>497</v>
       </c>
       <c r="K90" t="s">
-        <v>371</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>333</v>
+        <v>498</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>499</v>
       </c>
       <c r="N90" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>500</v>
+      </c>
+      <c r="P90" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>373</v>
+        <v>502</v>
       </c>
       <c r="B91" t="s">
-        <v>330</v>
+        <v>220</v>
       </c>
       <c r="C91" t="s">
-        <v>370</v>
+        <v>503</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>71</v>
+      </c>
+      <c r="G91" t="s">
+        <v>144</v>
       </c>
       <c r="H91">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>21</v>
+        <v>145</v>
       </c>
       <c r="K91" t="s">
-        <v>374</v>
+        <v>106</v>
       </c>
       <c r="L91" t="s">
-        <v>333</v>
+        <v>107</v>
       </c>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>504</v>
       </c>
       <c r="N91" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>148</v>
+      </c>
+      <c r="O91" t="s">
+        <v>505</v>
+      </c>
+      <c r="P91" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>376</v>
+        <v>507</v>
       </c>
       <c r="B92" t="s">
-        <v>330</v>
+        <v>508</v>
       </c>
       <c r="C92" t="s">
-        <v>377</v>
+        <v>104</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>509</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>51</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>21</v>
+        <v>510</v>
       </c>
       <c r="K92" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="N92" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>511</v>
+      </c>
+      <c r="P92" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>380</v>
+        <v>512</v>
       </c>
       <c r="B93" t="s">
-        <v>330</v>
+        <v>513</v>
       </c>
       <c r="C93" t="s">
-        <v>41</v>
+        <v>514</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="E93" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>82</v>
+      </c>
+      <c r="G93" t="s">
+        <v>144</v>
       </c>
       <c r="H93">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>515</v>
       </c>
       <c r="K93" t="s">
-        <v>378</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>333</v>
+        <v>516</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>517</v>
       </c>
       <c r="N93" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>518</v>
+      </c>
+      <c r="P93" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>382</v>
+        <v>520</v>
       </c>
       <c r="B94" t="s">
-        <v>330</v>
+        <v>521</v>
       </c>
       <c r="C94" t="s">
-        <v>383</v>
+        <v>514</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>522</v>
       </c>
       <c r="E94" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>82</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
       </c>
       <c r="H94">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>21</v>
+        <v>515</v>
       </c>
       <c r="K94" t="s">
-        <v>384</v>
+        <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>333</v>
+        <v>523</v>
       </c>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>517</v>
       </c>
       <c r="N94" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>524</v>
+      </c>
+      <c r="P94" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>386</v>
+        <v>525</v>
       </c>
       <c r="B95" t="s">
-        <v>330</v>
+        <v>526</v>
       </c>
       <c r="C95" t="s">
-        <v>387</v>
+        <v>104</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>527</v>
       </c>
       <c r="E95" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>129</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>21</v>
+        <v>130</v>
       </c>
       <c r="K95" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>333</v>
+        <v>528</v>
       </c>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>529</v>
       </c>
       <c r="N95" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>530</v>
+      </c>
+      <c r="P95" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>389</v>
+        <v>532</v>
       </c>
       <c r="B96" t="s">
-        <v>330</v>
+        <v>533</v>
       </c>
       <c r="C96" t="s">
-        <v>62</v>
+        <v>160</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>534</v>
       </c>
       <c r="E96" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>437</v>
+      </c>
+      <c r="G96" t="s">
+        <v>144</v>
       </c>
       <c r="H96">
         <v>2014</v>
       </c>
-      <c r="I96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
+        <v>438</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>535</v>
+      </c>
+      <c r="M96" t="s">
+        <v>162</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>536</v>
+      </c>
+      <c r="P96" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>538</v>
+      </c>
+      <c r="B97" t="s">
+        <v>539</v>
+      </c>
+      <c r="C97" t="s">
+        <v>160</v>
+      </c>
+      <c r="D97" t="s">
+        <v>341</v>
+      </c>
+      <c r="E97" t="s">
+        <v>114</v>
+      </c>
+      <c r="F97" t="s">
+        <v>540</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>438</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>541</v>
+      </c>
+      <c r="M97" t="s">
+        <v>162</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>542</v>
+      </c>
+      <c r="P97" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>544</v>
+      </c>
+      <c r="B98" t="s">
+        <v>545</v>
+      </c>
+      <c r="C98" t="s">
+        <v>546</v>
+      </c>
+      <c r="D98" t="s">
+        <v>69</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>71</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2020</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>291</v>
+      </c>
+      <c r="K98" t="s">
+        <v>106</v>
+      </c>
+      <c r="L98" t="s">
+        <v>107</v>
+      </c>
+      <c r="M98" t="s">
+        <v>547</v>
+      </c>
+      <c r="N98" t="s">
+        <v>75</v>
+      </c>
+      <c r="O98" t="s">
+        <v>548</v>
+      </c>
+      <c r="P98" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>544</v>
+      </c>
+      <c r="B99" t="s">
+        <v>550</v>
+      </c>
+      <c r="C99" t="s">
+        <v>551</v>
+      </c>
+      <c r="D99" t="s">
+        <v>69</v>
+      </c>
+      <c r="E99" t="s">
+        <v>114</v>
+      </c>
+      <c r="F99" t="s">
+        <v>71</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>291</v>
+      </c>
+      <c r="K99" t="s">
+        <v>106</v>
+      </c>
+      <c r="L99" t="s">
+        <v>107</v>
+      </c>
+      <c r="M99" t="s">
+        <v>552</v>
+      </c>
+      <c r="N99" t="s">
+        <v>75</v>
+      </c>
+      <c r="O99" t="s">
+        <v>553</v>
+      </c>
+      <c r="P99"/>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>554</v>
+      </c>
+      <c r="B100" t="s">
+        <v>555</v>
+      </c>
+      <c r="C100" t="s">
+        <v>556</v>
+      </c>
+      <c r="D100" t="s">
+        <v>557</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K96" t="s">
-[...28 lines deleted...]
-      <c r="F97" t="s">
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2016</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>83</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>558</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>559</v>
+      </c>
+      <c r="P100" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>561</v>
+      </c>
+      <c r="B101" t="s">
+        <v>562</v>
+      </c>
+      <c r="C101" t="s">
+        <v>556</v>
+      </c>
+      <c r="D101" t="s">
+        <v>193</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2016</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>229</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>563</v>
+      </c>
+      <c r="M101" t="s">
+        <v>558</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>564</v>
+      </c>
+      <c r="P101" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>566</v>
+      </c>
+      <c r="B102" t="s">
+        <v>567</v>
+      </c>
+      <c r="C102" t="s">
+        <v>568</v>
+      </c>
+      <c r="D102" t="s">
+        <v>69</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>71</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2021</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>130</v>
+      </c>
+      <c r="K102" t="s">
+        <v>106</v>
+      </c>
+      <c r="L102" t="s">
+        <v>107</v>
+      </c>
+      <c r="M102" t="s">
+        <v>569</v>
+      </c>
+      <c r="N102" t="s">
+        <v>75</v>
+      </c>
+      <c r="O102" t="s">
+        <v>570</v>
+      </c>
+      <c r="P102" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>572</v>
+      </c>
+      <c r="B103" t="s">
+        <v>573</v>
+      </c>
+      <c r="C103" t="s">
+        <v>192</v>
+      </c>
+      <c r="D103" t="s">
+        <v>574</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2016</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>575</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>576</v>
+      </c>
+      <c r="P103" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>578</v>
+      </c>
+      <c r="B104" t="s">
+        <v>579</v>
+      </c>
+      <c r="C104" t="s">
+        <v>192</v>
+      </c>
+      <c r="D104" t="s">
+        <v>285</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>51</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2014</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>194</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>580</v>
+      </c>
+      <c r="P104" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>582</v>
+      </c>
+      <c r="B105" t="s">
+        <v>583</v>
+      </c>
+      <c r="C105" t="s">
+        <v>192</v>
+      </c>
+      <c r="D105" t="s">
+        <v>509</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>82</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2004</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>584</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>585</v>
+      </c>
+      <c r="P105" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>587</v>
+      </c>
+      <c r="B106" t="s">
+        <v>588</v>
+      </c>
+      <c r="C106" t="s">
+        <v>160</v>
+      </c>
+      <c r="D106" t="s">
+        <v>589</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2019</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>52</v>
+      </c>
+      <c r="K106" t="s">
+        <v>106</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>162</v>
+      </c>
+      <c r="N106" t="s">
+        <v>156</v>
+      </c>
+      <c r="O106" t="s">
+        <v>590</v>
+      </c>
+      <c r="P106" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>592</v>
+      </c>
+      <c r="B107" t="s">
+        <v>593</v>
+      </c>
+      <c r="C107" t="s">
+        <v>290</v>
+      </c>
+      <c r="D107" t="s">
+        <v>594</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>82</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2016</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>595</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>596</v>
+      </c>
+      <c r="N107" t="s">
+        <v>33</v>
+      </c>
+      <c r="O107" t="s">
+        <v>597</v>
+      </c>
+      <c r="P107" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>599</v>
+      </c>
+      <c r="B108" t="s">
+        <v>67</v>
+      </c>
+      <c r="C108" t="s">
+        <v>600</v>
+      </c>
+      <c r="D108" t="s">
+        <v>69</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>71</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2017</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>72</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>73</v>
+      </c>
+      <c r="M108" t="s">
+        <v>601</v>
+      </c>
+      <c r="N108" t="s">
+        <v>75</v>
+      </c>
+      <c r="O108" t="s">
+        <v>602</v>
+      </c>
+      <c r="P108" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>604</v>
+      </c>
+      <c r="B109" t="s">
+        <v>605</v>
+      </c>
+      <c r="C109" t="s">
+        <v>600</v>
+      </c>
+      <c r="D109" t="s">
+        <v>69</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>71</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2020</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>72</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>73</v>
+      </c>
+      <c r="M109" t="s">
+        <v>601</v>
+      </c>
+      <c r="N109" t="s">
+        <v>75</v>
+      </c>
+      <c r="O109" t="s">
+        <v>606</v>
+      </c>
+      <c r="P109"/>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>607</v>
+      </c>
+      <c r="B110" t="s">
+        <v>608</v>
+      </c>
+      <c r="C110" t="s">
+        <v>609</v>
+      </c>
+      <c r="D110" t="s">
+        <v>610</v>
+      </c>
+      <c r="E110" t="s">
+        <v>114</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>611</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>612</v>
+      </c>
+      <c r="M110" t="s">
+        <v>613</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>614</v>
+      </c>
+      <c r="P110"/>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>615</v>
+      </c>
+      <c r="B111" t="s">
+        <v>616</v>
+      </c>
+      <c r="C111" t="s">
+        <v>609</v>
+      </c>
+      <c r="D111" t="s">
+        <v>617</v>
+      </c>
+      <c r="E111" t="s">
+        <v>114</v>
+      </c>
+      <c r="F111" t="s">
+        <v>51</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2006</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>618</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>619</v>
+      </c>
+      <c r="M111" t="s">
+        <v>613</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>620</v>
+      </c>
+      <c r="P111" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>622</v>
+      </c>
+      <c r="B112" t="s">
+        <v>623</v>
+      </c>
+      <c r="C112" t="s">
+        <v>609</v>
+      </c>
+      <c r="D112" t="s">
+        <v>456</v>
+      </c>
+      <c r="E112" t="s">
+        <v>114</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>611</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>624</v>
+      </c>
+      <c r="M112" t="s">
+        <v>613</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>625</v>
+      </c>
+      <c r="P112" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>627</v>
+      </c>
+      <c r="B113" t="s">
+        <v>628</v>
+      </c>
+      <c r="C113" t="s">
+        <v>609</v>
+      </c>
+      <c r="D113" t="s">
+        <v>456</v>
+      </c>
+      <c r="E113" t="s">
+        <v>114</v>
+      </c>
+      <c r="F113" t="s">
+        <v>51</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>618</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>629</v>
+      </c>
+      <c r="M113" t="s">
+        <v>613</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>630</v>
+      </c>
+      <c r="P113" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>632</v>
+      </c>
+      <c r="B114" t="s">
+        <v>633</v>
+      </c>
+      <c r="C114" t="s">
+        <v>609</v>
+      </c>
+      <c r="D114" t="s">
+        <v>634</v>
+      </c>
+      <c r="E114" t="s">
+        <v>114</v>
+      </c>
+      <c r="F114" t="s">
+        <v>51</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2021</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>611</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>635</v>
+      </c>
+      <c r="M114" t="s">
+        <v>613</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>636</v>
+      </c>
+      <c r="P114" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>638</v>
+      </c>
+      <c r="B115" t="s">
+        <v>639</v>
+      </c>
+      <c r="C115" t="s">
+        <v>609</v>
+      </c>
+      <c r="D115" t="s">
+        <v>640</v>
+      </c>
+      <c r="E115" t="s">
+        <v>114</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2021</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>611</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>641</v>
+      </c>
+      <c r="M115" t="s">
+        <v>613</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>642</v>
+      </c>
+      <c r="P115" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>644</v>
+      </c>
+      <c r="B116" t="s">
+        <v>645</v>
+      </c>
+      <c r="C116" t="s">
+        <v>609</v>
+      </c>
+      <c r="D116" t="s">
+        <v>646</v>
+      </c>
+      <c r="E116" t="s">
+        <v>114</v>
+      </c>
+      <c r="F116" t="s">
+        <v>647</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2021</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>611</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>648</v>
+      </c>
+      <c r="M116" t="s">
+        <v>613</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>649</v>
+      </c>
+      <c r="P116" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>651</v>
+      </c>
+      <c r="B117" t="s">
+        <v>652</v>
+      </c>
+      <c r="C117" t="s">
+        <v>609</v>
+      </c>
+      <c r="D117" t="s">
+        <v>653</v>
+      </c>
+      <c r="E117" t="s">
+        <v>114</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2021</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>611</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>654</v>
+      </c>
+      <c r="M117" t="s">
+        <v>613</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>655</v>
+      </c>
+      <c r="P117"/>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>651</v>
+      </c>
+      <c r="B118" t="s">
+        <v>652</v>
+      </c>
+      <c r="C118" t="s">
+        <v>609</v>
+      </c>
+      <c r="D118" t="s">
+        <v>653</v>
+      </c>
+      <c r="E118" t="s">
+        <v>114</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2021</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>611</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>654</v>
+      </c>
+      <c r="M118" t="s">
+        <v>613</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>656</v>
+      </c>
+      <c r="P118"/>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>657</v>
+      </c>
+      <c r="B119" t="s">
+        <v>658</v>
+      </c>
+      <c r="C119" t="s">
+        <v>609</v>
+      </c>
+      <c r="D119" t="s">
+        <v>199</v>
+      </c>
+      <c r="E119" t="s">
+        <v>114</v>
+      </c>
+      <c r="F119" t="s">
+        <v>51</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2022</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>611</v>
+      </c>
+      <c r="K119" t="s">
+        <v>659</v>
+      </c>
+      <c r="L119" t="s">
+        <v>660</v>
+      </c>
+      <c r="M119" t="s">
+        <v>613</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>661</v>
+      </c>
+      <c r="P119" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>663</v>
+      </c>
+      <c r="B120" t="s">
+        <v>664</v>
+      </c>
+      <c r="C120" t="s">
+        <v>609</v>
+      </c>
+      <c r="D120" t="s">
+        <v>665</v>
+      </c>
+      <c r="E120" t="s">
+        <v>114</v>
+      </c>
+      <c r="F120" t="s">
+        <v>51</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>611</v>
+      </c>
+      <c r="K120" t="s">
+        <v>666</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>613</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>667</v>
+      </c>
+      <c r="P120" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>669</v>
+      </c>
+      <c r="B121" t="s">
+        <v>670</v>
+      </c>
+      <c r="C121" t="s">
+        <v>609</v>
+      </c>
+      <c r="D121" t="s">
+        <v>199</v>
+      </c>
+      <c r="E121" t="s">
+        <v>114</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2022</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>611</v>
+      </c>
+      <c r="K121" t="s">
+        <v>671</v>
+      </c>
+      <c r="L121" t="s">
+        <v>672</v>
+      </c>
+      <c r="M121" t="s">
+        <v>613</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>673</v>
+      </c>
+      <c r="P121" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>675</v>
+      </c>
+      <c r="B122" t="s">
+        <v>676</v>
+      </c>
+      <c r="C122" t="s">
+        <v>609</v>
+      </c>
+      <c r="D122" t="s">
+        <v>665</v>
+      </c>
+      <c r="E122" t="s">
+        <v>114</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2022</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>611</v>
+      </c>
+      <c r="K122" t="s">
+        <v>677</v>
+      </c>
+      <c r="L122" t="s">
+        <v>678</v>
+      </c>
+      <c r="M122" t="s">
+        <v>613</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>679</v>
+      </c>
+      <c r="P122" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>681</v>
+      </c>
+      <c r="B123" t="s">
+        <v>682</v>
+      </c>
+      <c r="C123" t="s">
+        <v>609</v>
+      </c>
+      <c r="D123" t="s">
+        <v>665</v>
+      </c>
+      <c r="E123" t="s">
+        <v>114</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2022</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>611</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>683</v>
+      </c>
+      <c r="M123" t="s">
+        <v>613</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>684</v>
+      </c>
+      <c r="P123" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>686</v>
+      </c>
+      <c r="B124" t="s">
+        <v>687</v>
+      </c>
+      <c r="C124" t="s">
+        <v>609</v>
+      </c>
+      <c r="D124" t="s">
         <v>19</v>
       </c>
-      <c r="G97">
-[...2 lines deleted...]
-      <c r="H97">
+      <c r="E124" t="s">
+        <v>114</v>
+      </c>
+      <c r="F124" t="s">
+        <v>437</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2008</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>618</v>
+      </c>
+      <c r="K124" t="s">
+        <v>688</v>
+      </c>
+      <c r="L124" t="s">
+        <v>689</v>
+      </c>
+      <c r="M124" t="s">
+        <v>613</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>690</v>
+      </c>
+      <c r="P124" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>692</v>
+      </c>
+      <c r="B125" t="s">
+        <v>693</v>
+      </c>
+      <c r="C125" t="s">
+        <v>694</v>
+      </c>
+      <c r="D125" t="s">
+        <v>695</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>82</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2013</v>
       </c>
-      <c r="I97" t="s">
-[...2 lines deleted...]
-      <c r="J97" t="s">
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>696</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>697</v>
+      </c>
+      <c r="M125" t="s">
+        <v>698</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>699</v>
+      </c>
+      <c r="P125" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>701</v>
+      </c>
+      <c r="B126" t="s">
+        <v>702</v>
+      </c>
+      <c r="C126" t="s">
+        <v>694</v>
+      </c>
+      <c r="D126" t="s">
+        <v>245</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>82</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2014</v>
+      </c>
+      <c r="I126">
+        <v>2019</v>
+      </c>
+      <c r="J126" t="s">
+        <v>291</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>698</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>703</v>
+      </c>
+      <c r="P126" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>705</v>
+      </c>
+      <c r="B127" t="s">
+        <v>706</v>
+      </c>
+      <c r="C127" t="s">
+        <v>694</v>
+      </c>
+      <c r="D127" t="s">
+        <v>263</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>82</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2016</v>
+      </c>
+      <c r="I127">
+        <v>2018</v>
+      </c>
+      <c r="J127" t="s">
+        <v>291</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>698</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>707</v>
+      </c>
+      <c r="P127" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>709</v>
+      </c>
+      <c r="B128" t="s">
+        <v>710</v>
+      </c>
+      <c r="C128" t="s">
+        <v>694</v>
+      </c>
+      <c r="D128" t="s">
+        <v>711</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>82</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2017</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>696</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>698</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>712</v>
+      </c>
+      <c r="P128" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>714</v>
+      </c>
+      <c r="B129" t="s">
+        <v>715</v>
+      </c>
+      <c r="C129" t="s">
+        <v>716</v>
+      </c>
+      <c r="D129" t="s">
+        <v>153</v>
+      </c>
+      <c r="E129" t="s">
+        <v>114</v>
+      </c>
+      <c r="F129" t="s">
+        <v>71</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2019</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>123</v>
+      </c>
+      <c r="K129" t="s">
+        <v>154</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>717</v>
+      </c>
+      <c r="N129" t="s">
+        <v>156</v>
+      </c>
+      <c r="O129" t="s">
+        <v>718</v>
+      </c>
+      <c r="P129" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>720</v>
+      </c>
+      <c r="B130" t="s">
+        <v>721</v>
+      </c>
+      <c r="C130" t="s">
+        <v>716</v>
+      </c>
+      <c r="D130" t="s">
+        <v>81</v>
+      </c>
+      <c r="E130" t="s">
+        <v>114</v>
+      </c>
+      <c r="F130" t="s">
         <v>21</v>
       </c>
-      <c r="K97" t="s">
-[...28 lines deleted...]
-      <c r="F98" t="s">
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2011</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>83</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>717</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>722</v>
+      </c>
+      <c r="P130" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>724</v>
+      </c>
+      <c r="B131" t="s">
+        <v>725</v>
+      </c>
+      <c r="C131" t="s">
+        <v>716</v>
+      </c>
+      <c r="D131" t="s">
+        <v>285</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2011</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>83</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>717</v>
+      </c>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>726</v>
+      </c>
+      <c r="P131" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>728</v>
+      </c>
+      <c r="B132" t="s">
+        <v>729</v>
+      </c>
+      <c r="C132" t="s">
+        <v>716</v>
+      </c>
+      <c r="D132" t="s">
+        <v>285</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2011</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>83</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>717</v>
+      </c>
+      <c r="N132" t="s">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>730</v>
+      </c>
+      <c r="P132" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>732</v>
+      </c>
+      <c r="B133" t="s">
+        <v>733</v>
+      </c>
+      <c r="C133" t="s">
+        <v>716</v>
+      </c>
+      <c r="D133" t="s">
+        <v>240</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>82</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2011</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>83</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>717</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>734</v>
+      </c>
+      <c r="P133" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>736</v>
+      </c>
+      <c r="B134" t="s">
+        <v>737</v>
+      </c>
+      <c r="C134" t="s">
+        <v>716</v>
+      </c>
+      <c r="D134" t="s">
+        <v>193</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2011</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>123</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>717</v>
+      </c>
+      <c r="N134" t="s">
+        <v>33</v>
+      </c>
+      <c r="O134" t="s">
+        <v>738</v>
+      </c>
+      <c r="P134" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>740</v>
+      </c>
+      <c r="B135" t="s">
+        <v>103</v>
+      </c>
+      <c r="C135" t="s">
+        <v>716</v>
+      </c>
+      <c r="D135" t="s">
+        <v>69</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>71</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2021</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>291</v>
+      </c>
+      <c r="K135" t="s">
+        <v>106</v>
+      </c>
+      <c r="L135" t="s">
+        <v>107</v>
+      </c>
+      <c r="M135" t="s">
+        <v>717</v>
+      </c>
+      <c r="N135" t="s">
+        <v>75</v>
+      </c>
+      <c r="O135" t="s">
+        <v>741</v>
+      </c>
+      <c r="P135" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>743</v>
+      </c>
+      <c r="B136" t="s">
+        <v>744</v>
+      </c>
+      <c r="C136" t="s">
+        <v>716</v>
+      </c>
+      <c r="D136" t="s">
+        <v>63</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>82</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2011</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>123</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>745</v>
+      </c>
+      <c r="M136" t="s">
+        <v>717</v>
+      </c>
+      <c r="N136" t="s">
+        <v>33</v>
+      </c>
+      <c r="O136" t="s">
+        <v>746</v>
+      </c>
+      <c r="P136" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>748</v>
+      </c>
+      <c r="B137" t="s">
+        <v>749</v>
+      </c>
+      <c r="C137" t="s">
+        <v>495</v>
+      </c>
+      <c r="D137" t="s">
         <v>19</v>
       </c>
-      <c r="G98">
-[...259 lines deleted...]
-      <c r="G104">
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>82</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2014</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>750</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>751</v>
+      </c>
+      <c r="M137" t="s">
+        <v>499</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>752</v>
+      </c>
+      <c r="P137" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>754</v>
+      </c>
+      <c r="B138" t="s">
+        <v>755</v>
+      </c>
+      <c r="C138" t="s">
+        <v>756</v>
+      </c>
+      <c r="D138" t="s">
+        <v>69</v>
+      </c>
+      <c r="E138" t="s">
+        <v>114</v>
+      </c>
+      <c r="F138" t="s">
+        <v>71</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
         <v>2021</v>
       </c>
-      <c r="H104"/>
-[...229 lines deleted...]
-      <c r="B110" t="s">
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>291</v>
+      </c>
+      <c r="K138" t="s">
         <v>106</v>
       </c>
-      <c r="C110" t="s">
-[...26 lines deleted...]
-      <c r="L110" t="s">
+      <c r="L138" t="s">
         <v>107</v>
       </c>
-      <c r="M110" t="s">
-[...1136 lines deleted...]
-      </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>757</v>
       </c>
       <c r="N138" t="s">
-        <v>517</v>
-[...72 lines deleted...]
-      <c r="L140" t="s">
         <v>75</v>
       </c>
-      <c r="M140" t="s">
-[...3009 lines deleted...]
-      <c r="A212" t="s">
+      <c r="O138" t="s">
         <v>758</v>
       </c>
-      <c r="B212" t="s">
-[...1379 lines deleted...]
-      </c>
+      <c r="P138"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>