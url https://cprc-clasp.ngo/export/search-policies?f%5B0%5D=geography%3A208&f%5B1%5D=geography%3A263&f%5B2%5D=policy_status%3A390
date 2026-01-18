--- v1 (2025-11-28)
+++ v2 (2026-01-18)
@@ -12,220 +12,172 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="759">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="742">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...2 lines deleted...]
-    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Storage Water Heaters</t>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...19 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...31 lines deleted...]
-  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
     <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
@@ -363,50 +315,53 @@
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
     <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
     <t>This policy applies to all networked lighting lamps.</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
@@ -557,70 +512,50 @@
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
 The standard covers the following types of self-ballasted LED lamps:
 a. Both the directional and non-directional lamps.
 b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
     <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
   </si>
   <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
     <t>It covers electric induction motors</t>
   </si>
@@ -778,50 +713,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
     <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
     <t>Storage water heater</t>
   </si>
   <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
     <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
@@ -1109,50 +1047,53 @@
     <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
@@ -1584,53 +1525,50 @@
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
     <t>https://www.codinorm.ci/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1663,50 +1601,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
@@ -2754,65 +2701,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P138"/>
+  <dimension ref="A1:P135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2853,6458 +2800,6314 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2019</v>
+        <v>2009</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
       <c r="M7" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O7" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="D9" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="N9" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F11" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H11">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
       <c r="M11" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="M13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N13" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>113</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="P15" t="s">
         <v>126</v>
       </c>
+      <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>127</v>
       </c>
       <c r="B16" t="s">
         <v>128</v>
       </c>
       <c r="C16" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="D16" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" t="s">
         <v>129</v>
       </c>
-      <c r="G16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H16">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>130</v>
       </c>
       <c r="K16" t="s">
+        <v>90</v>
+      </c>
+      <c r="L16" t="s">
         <v>131</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>88</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>138</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>139</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
       <c r="M17" t="s">
-        <v>124</v>
+        <v>92</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="P17"/>
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="D18" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O18" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="P18"/>
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>69</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>145</v>
+        <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="M19" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="N19" t="s">
-        <v>148</v>
+        <v>37</v>
       </c>
       <c r="O19" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="M20" t="s">
-        <v>108</v>
+        <v>161</v>
       </c>
       <c r="N20" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B21" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
-        <v>160</v>
+        <v>64</v>
       </c>
       <c r="D21" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2020</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>105</v>
+        <v>166</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>69</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O21" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="P21" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
       <c r="D22" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O22" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="P22" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>171</v>
       </c>
       <c r="D23" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2017</v>
+        <v>1993</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O23" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P23" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B24" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>183</v>
       </c>
       <c r="D24" t="s">
-        <v>181</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2017</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="K24" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L24" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P24" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
-        <v>80</v>
+        <v>183</v>
       </c>
       <c r="D25" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>187</v>
+        <v>115</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L25"/>
+        <v>90</v>
+      </c>
+      <c r="L25" t="s">
+        <v>91</v>
+      </c>
       <c r="M25" t="s">
-        <v>85</v>
+        <v>184</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O25" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="P25" t="s">
         <v>189</v>
       </c>
+      <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>190</v>
       </c>
       <c r="B26" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" t="s">
         <v>191</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
       <c r="M26" t="s">
-        <v>194</v>
+        <v>109</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O26" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B27" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C27" t="s">
-        <v>192</v>
+        <v>88</v>
       </c>
       <c r="D27" t="s">
-        <v>199</v>
+        <v>124</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>125</v>
+      </c>
       <c r="M27" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E28" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F28" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>123</v>
+        <v>201</v>
       </c>
       <c r="K28" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="L28" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="M28" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="N28" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C29" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D29" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>130</v>
+        <v>208</v>
       </c>
       <c r="K29" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="N29" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O29" t="s">
         <v>210</v>
       </c>
-      <c r="P29"/>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>135</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>207</v>
       </c>
       <c r="D30" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M30" t="s">
-        <v>124</v>
+        <v>209</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O30" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="P30"/>
+        <v>216</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B31" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C31" t="s">
-        <v>104</v>
+        <v>207</v>
       </c>
       <c r="D31" t="s">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="M31" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O31" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B32" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C32" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="D32" t="s">
-        <v>69</v>
+        <v>224</v>
       </c>
       <c r="E32" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="K32" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>107</v>
+        <v>225</v>
       </c>
       <c r="M32" t="s">
-        <v>223</v>
+        <v>209</v>
       </c>
       <c r="N32" t="s">
-        <v>148</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P32" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C33" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D33" t="s">
-        <v>81</v>
+        <v>229</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>230</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O33" t="s">
         <v>231</v>
       </c>
       <c r="P33" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>232</v>
+      </c>
+      <c r="B34" t="s">
         <v>233</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
+        <v>207</v>
+      </c>
+      <c r="D34" t="s">
         <v>234</v>
       </c>
-      <c r="C34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2013</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>230</v>
       </c>
       <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>209</v>
+      </c>
+      <c r="N34" t="s">
+        <v>37</v>
+      </c>
+      <c r="O34" t="s">
         <v>236</v>
       </c>
-      <c r="M34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P34" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>237</v>
+      </c>
+      <c r="B35" t="s">
         <v>238</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D35" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="M35" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O35" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="P35" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>241</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>207</v>
+      </c>
+      <c r="D36" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N36" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O36" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="P36" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B37" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C37" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>247</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K37" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="L37"/>
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>248</v>
+      </c>
       <c r="M37" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="P37" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B38" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C38" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D38" t="s">
-        <v>254</v>
+        <v>42</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K38" t="s">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="M38" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O38" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="P38" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B39" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C39" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="M39" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O39" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="P39" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="B40" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C40" t="s">
-        <v>228</v>
+        <v>207</v>
       </c>
       <c r="D40" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>261</v>
+      </c>
       <c r="M40" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O40" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="P40" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>263</v>
+      </c>
+      <c r="B41" t="s">
+        <v>264</v>
+      </c>
+      <c r="C41" t="s">
+        <v>207</v>
+      </c>
+      <c r="D41" t="s">
         <v>265</v>
       </c>
-      <c r="B41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>229</v>
+        <v>208</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="M41" t="s">
-        <v>230</v>
+        <v>209</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O41" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="P41" t="s">
-        <v>232</v>
+        <v>211</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" t="s">
         <v>270</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="K42" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L42" t="s">
         <v>272</v>
       </c>
       <c r="M42" t="s">
-        <v>230</v>
+        <v>273</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P42" t="s">
-        <v>232</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B43" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C43" t="s">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="D43" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>229</v>
+        <v>108</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O43" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="P43" t="s">
-        <v>232</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B44" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C44" t="s">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="D44" t="s">
-        <v>280</v>
+        <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>229</v>
+        <v>283</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O44" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>232</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B45" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C45" t="s">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="D45" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>229</v>
+        <v>283</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>230</v>
+        <v>278</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O45" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="P45" t="s">
-        <v>232</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B46" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C46" t="s">
-        <v>290</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>291</v>
+        <v>35</v>
       </c>
       <c r="K46" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>292</v>
       </c>
       <c r="M46" t="s">
+        <v>278</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" t="s">
         <v>293</v>
       </c>
-      <c r="N46" t="s">
-[...2 lines deleted...]
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>295</v>
+      </c>
+      <c r="B47" t="s">
         <v>296</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D47" t="s">
-        <v>58</v>
+        <v>247</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>123</v>
+        <v>283</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O47" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="P47" t="s">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B48" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C48" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D48" t="s">
-        <v>63</v>
+        <v>300</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2022</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N48" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O48" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="P48" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B49" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C49" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D49" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N49" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O49" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="P49" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B50" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C50" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>308</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>52</v>
+        <v>283</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="L50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O50" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="P50" t="s">
-        <v>314</v>
+        <v>285</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B51" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C51" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D51" t="s">
-        <v>267</v>
+        <v>312</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
-      <c r="H51">
-[...1 lines deleted...]
-      </c>
+      <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N51" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O51" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="P51" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B52" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C52" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D52" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2022</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N52" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O52" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="P52" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B53" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C53" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D53" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2022</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N53" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O53" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="P53" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="B54" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C54" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D54" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2022</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N54" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O54" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="P54" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B55" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C55" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D55" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
-      <c r="H55"/>
+      <c r="H55">
+        <v>2022</v>
+      </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>333</v>
+        <v>283</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N55" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O55" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="P55" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B56" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C56" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D56" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2022</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>333</v>
+        <v>283</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N56" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O56" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="P56" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B57" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C57" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D57" t="s">
-        <v>341</v>
+        <v>138</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2022</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>333</v>
+        <v>283</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N57" t="s">
-        <v>26</v>
+        <v>337</v>
       </c>
       <c r="O57" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="P57" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="B58" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C58" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D58" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2022</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N58" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O58" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="P58" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="B59" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C59" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D59" t="s">
-        <v>349</v>
+        <v>146</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2022</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N59" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="P59" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B60" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C60" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D60" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2022</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N60" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O60" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="P60" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="B61" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C61" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D61" t="s">
-        <v>153</v>
+        <v>352</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2022</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K61" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N61" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="O61" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="P61" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="B62" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C62" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D62" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2022</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N62" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O62" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="P62" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B63" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C63" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D63" t="s">
-        <v>161</v>
+        <v>359</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2022</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N63" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O63" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="P63" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B64" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C64" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="D64" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="K64" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="N64" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O64" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="P64" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="B65" t="s">
-        <v>370</v>
+        <v>199</v>
       </c>
       <c r="C65" t="s">
-        <v>221</v>
+        <v>366</v>
       </c>
       <c r="D65" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>303</v>
+        <v>368</v>
       </c>
       <c r="K65" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L65"/>
+        <v>90</v>
+      </c>
+      <c r="L65" t="s">
+        <v>91</v>
+      </c>
       <c r="M65" t="s">
-        <v>298</v>
+        <v>369</v>
       </c>
       <c r="N65" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O65" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="P65" t="s">
-        <v>305</v>
+        <v>371</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>372</v>
+      </c>
+      <c r="B66" t="s">
+        <v>51</v>
+      </c>
+      <c r="C66" t="s">
         <v>373</v>
       </c>
-      <c r="B66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="E66" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2022</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>303</v>
+        <v>374</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>57</v>
+      </c>
       <c r="M66" t="s">
-        <v>298</v>
+        <v>375</v>
       </c>
       <c r="N66" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O66" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P66" t="s">
-        <v>305</v>
+        <v>377</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B67" t="s">
-        <v>377</v>
+        <v>51</v>
       </c>
       <c r="C67" t="s">
-        <v>221</v>
+        <v>373</v>
       </c>
       <c r="D67" t="s">
-        <v>378</v>
+        <v>53</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2022</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>303</v>
+        <v>374</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67"/>
+      <c r="L67" t="s">
+        <v>379</v>
+      </c>
       <c r="M67" t="s">
-        <v>298</v>
+        <v>375</v>
       </c>
       <c r="N67" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O67" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P67" t="s">
-        <v>305</v>
+        <v>381</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B68" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C68" t="s">
-        <v>221</v>
+        <v>384</v>
       </c>
       <c r="D68" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="E68" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F68" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>303</v>
+        <v>23</v>
       </c>
       <c r="K68" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="L68"/>
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>386</v>
+      </c>
       <c r="M68" t="s">
-        <v>298</v>
+        <v>387</v>
       </c>
       <c r="N68" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O68" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="P68" t="s">
-        <v>305</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
+        <v>390</v>
+      </c>
+      <c r="B69" t="s">
+        <v>383</v>
+      </c>
+      <c r="C69" t="s">
         <v>384</v>
       </c>
-      <c r="B69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>386</v>
+        <v>65</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F69" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>386</v>
+      </c>
+      <c r="M69" t="s">
         <v>387</v>
       </c>
-      <c r="K69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N69" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O69" t="s">
+        <v>391</v>
+      </c>
+      <c r="P69" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B70" t="s">
-        <v>67</v>
+        <v>393</v>
       </c>
       <c r="C70" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D70" t="s">
-        <v>69</v>
+        <v>395</v>
       </c>
       <c r="E70" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>393</v>
+        <v>35</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="N70" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O70" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="P70" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B71" t="s">
-        <v>67</v>
+        <v>393</v>
       </c>
       <c r="C71" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D71" t="s">
-        <v>69</v>
+        <v>385</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>393</v>
+        <v>35</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="L71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="N71" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O71" t="s">
         <v>399</v>
       </c>
       <c r="P71" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
+        <v>400</v>
+      </c>
+      <c r="B72" t="s">
         <v>401</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="D72" t="s">
-        <v>404</v>
+        <v>65</v>
       </c>
       <c r="E72" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="N72" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O72" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="P72" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C73" t="s">
-        <v>403</v>
+        <v>32</v>
       </c>
       <c r="D73" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="E73" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
+        <v>36</v>
+      </c>
+      <c r="N73" t="s">
+        <v>37</v>
+      </c>
+      <c r="O73" t="s">
         <v>406</v>
       </c>
-      <c r="N73" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P73" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="B74" t="s">
-        <v>412</v>
+        <v>46</v>
       </c>
       <c r="C74" t="s">
-        <v>413</v>
+        <v>32</v>
       </c>
       <c r="D74" t="s">
-        <v>414</v>
+        <v>47</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>415</v>
+        <v>36</v>
       </c>
       <c r="N74" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O74" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="P74" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>410</v>
+      </c>
+      <c r="B75" t="s">
         <v>411</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>412</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>404</v>
+        <v>42</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
+        <v>413</v>
+      </c>
+      <c r="N75" t="s">
+        <v>37</v>
+      </c>
+      <c r="O75" t="s">
+        <v>414</v>
+      </c>
+      <c r="P75" t="s">
         <v>415</v>
-      </c>
-[...7 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="B76" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C76" t="s">
-        <v>413</v>
+        <v>145</v>
       </c>
       <c r="D76" t="s">
-        <v>81</v>
+        <v>341</v>
       </c>
       <c r="E76" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F76" t="s">
-        <v>82</v>
+        <v>418</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>52</v>
+        <v>419</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="L76"/>
+      <c r="L76" t="s">
+        <v>420</v>
+      </c>
       <c r="M76" t="s">
-        <v>415</v>
+        <v>147</v>
       </c>
       <c r="N76" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O76" t="s">
         <v>421</v>
       </c>
       <c r="P76" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>423</v>
       </c>
       <c r="B77" t="s">
         <v>424</v>
       </c>
       <c r="C77" t="s">
-        <v>49</v>
+        <v>183</v>
       </c>
       <c r="D77" t="s">
-        <v>50</v>
+        <v>425</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>53</v>
+        <v>184</v>
       </c>
       <c r="N77" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O77" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P77" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B78" t="s">
-        <v>62</v>
+        <v>429</v>
       </c>
       <c r="C78" t="s">
-        <v>49</v>
+        <v>430</v>
       </c>
       <c r="D78" t="s">
-        <v>63</v>
+        <v>341</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="L78"/>
+      <c r="L78" t="s">
+        <v>431</v>
+      </c>
       <c r="M78" t="s">
-        <v>53</v>
+        <v>432</v>
       </c>
       <c r="N78" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O78" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="P78" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="B79" t="s">
+        <v>436</v>
+      </c>
+      <c r="C79" t="s">
         <v>430</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>58</v>
+        <v>437</v>
       </c>
       <c r="E79" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2015</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>52</v>
+        <v>108</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="L79"/>
+      <c r="L79" t="s">
+        <v>438</v>
+      </c>
       <c r="M79" t="s">
         <v>432</v>
       </c>
       <c r="N79" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O79" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="P79" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B80" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="C80" t="s">
-        <v>160</v>
+        <v>430</v>
       </c>
       <c r="D80" t="s">
-        <v>44</v>
+        <v>443</v>
       </c>
       <c r="E80" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F80" t="s">
-        <v>437</v>
+        <v>66</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>438</v>
+        <v>108</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="M80" t="s">
-        <v>162</v>
+        <v>432</v>
       </c>
       <c r="N80" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O80" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="P80" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B81" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C81" t="s">
-        <v>204</v>
+        <v>430</v>
       </c>
       <c r="D81" t="s">
-        <v>444</v>
+        <v>191</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="L81"/>
+      <c r="L81" t="s">
+        <v>449</v>
+      </c>
       <c r="M81" t="s">
-        <v>205</v>
+        <v>432</v>
       </c>
       <c r="N81" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O81" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="P81" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B82" t="s">
         <v>448</v>
       </c>
       <c r="C82" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="D82" t="s">
-        <v>44</v>
+        <v>453</v>
       </c>
       <c r="E82" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="M82" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
       <c r="N82" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O82" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="P82" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B83" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C83" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="D83" t="s">
-        <v>456</v>
+        <v>243</v>
       </c>
       <c r="E83" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="M83" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
       <c r="N83" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O83" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="P83" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B84" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C84" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="D84" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E84" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F84" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="M84" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
       <c r="N84" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O84" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="P84" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B85" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C85" t="s">
-        <v>449</v>
+        <v>145</v>
       </c>
       <c r="D85" t="s">
-        <v>212</v>
+        <v>470</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>418</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>123</v>
+        <v>419</v>
       </c>
       <c r="K85" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>451</v>
+        <v>147</v>
       </c>
       <c r="N85" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="P85" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B86" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="C86" t="s">
-        <v>449</v>
+        <v>476</v>
       </c>
       <c r="D86" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="H86">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>123</v>
+        <v>478</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="M86" t="s">
-        <v>451</v>
+        <v>480</v>
       </c>
       <c r="N86" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O86" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="P86" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B87" t="s">
-        <v>477</v>
+        <v>199</v>
       </c>
       <c r="C87" t="s">
-        <v>449</v>
+        <v>484</v>
       </c>
       <c r="D87" t="s">
-        <v>263</v>
+        <v>53</v>
       </c>
       <c r="E87" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F87" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="H87">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="K87" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L87" t="s">
-        <v>478</v>
+        <v>91</v>
       </c>
       <c r="M87" t="s">
-        <v>451</v>
+        <v>485</v>
       </c>
       <c r="N87" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
       <c r="O87" t="s">
-        <v>479</v>
+        <v>486</v>
       </c>
       <c r="P87" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>481</v>
+        <v>488</v>
       </c>
       <c r="B88" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="C88" t="s">
-        <v>449</v>
+        <v>88</v>
       </c>
       <c r="D88" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="E88" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F88" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>123</v>
+        <v>491</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
-      <c r="L88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>451</v>
+        <v>92</v>
       </c>
       <c r="N88" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O88" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="P88" t="s">
-        <v>486</v>
+        <v>197</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B89" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C89" t="s">
-        <v>160</v>
+        <v>88</v>
       </c>
       <c r="D89" t="s">
-        <v>489</v>
+        <v>288</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>437</v>
+        <v>66</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>129</v>
       </c>
       <c r="H89">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>438</v>
+        <v>495</v>
       </c>
       <c r="K89" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="L89"/>
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>496</v>
+      </c>
       <c r="M89" t="s">
-        <v>162</v>
+        <v>497</v>
       </c>
       <c r="N89" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O89" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="P89" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="B90" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="C90" t="s">
-        <v>495</v>
+        <v>88</v>
       </c>
       <c r="D90" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G90" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="H90">
         <v>2024</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
+        <v>495</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>503</v>
+      </c>
+      <c r="M90" t="s">
         <v>497</v>
       </c>
-      <c r="K90" t="s">
-[...5 lines deleted...]
-      <c r="M90" t="s">
+      <c r="N90" t="s">
+        <v>37</v>
+      </c>
+      <c r="O90" t="s">
+        <v>504</v>
+      </c>
+      <c r="P90" t="s">
         <v>499</v>
-      </c>
-[...7 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="B91"/>
       <c r="C91" t="s">
-        <v>503</v>
+        <v>88</v>
       </c>
       <c r="D91" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="E91" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G91" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="H91">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>145</v>
+        <v>506</v>
       </c>
       <c r="K91" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="N91" t="s">
-        <v>148</v>
+        <v>37</v>
       </c>
       <c r="O91" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="P91" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B92" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C92" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="D92" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
         <v>114</v>
       </c>
-      <c r="F92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>510</v>
+        <v>115</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="L92"/>
+      <c r="L92" t="s">
+        <v>511</v>
+      </c>
       <c r="M92" t="s">
-        <v>108</v>
+        <v>512</v>
       </c>
       <c r="N92" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O92" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="P92" t="s">
-        <v>218</v>
+        <v>514</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B93" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C93" t="s">
-        <v>514</v>
+        <v>145</v>
       </c>
       <c r="D93" t="s">
-        <v>308</v>
+        <v>517</v>
       </c>
       <c r="E93" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F93" t="s">
-        <v>82</v>
+        <v>418</v>
       </c>
       <c r="G93" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="H93">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>515</v>
+        <v>419</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="M93" t="s">
-        <v>517</v>
+        <v>147</v>
       </c>
       <c r="N93" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O93" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="P93" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B94" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C94" t="s">
-        <v>514</v>
+        <v>145</v>
       </c>
       <c r="D94" t="s">
-        <v>522</v>
+        <v>321</v>
       </c>
       <c r="E94" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F94" t="s">
-        <v>82</v>
+        <v>523</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
-      <c r="H94">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>515</v>
+        <v>419</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M94" t="s">
-        <v>517</v>
+        <v>147</v>
       </c>
       <c r="N94" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O94" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P94" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B95" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C95" t="s">
-        <v>104</v>
+        <v>529</v>
       </c>
       <c r="D95" t="s">
-        <v>527</v>
+        <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>129</v>
+        <v>55</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>130</v>
+        <v>271</v>
       </c>
       <c r="K95" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L95" t="s">
-        <v>528</v>
+        <v>91</v>
       </c>
       <c r="M95" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="N95" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O95" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P95" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B96" t="s">
         <v>533</v>
       </c>
       <c r="C96" t="s">
-        <v>160</v>
+        <v>534</v>
       </c>
       <c r="D96" t="s">
-        <v>534</v>
+        <v>53</v>
       </c>
       <c r="E96" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F96" t="s">
-        <v>437</v>
+        <v>55</v>
       </c>
       <c r="G96" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="H96">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>438</v>
+        <v>271</v>
       </c>
       <c r="K96" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L96" t="s">
+        <v>91</v>
+      </c>
+      <c r="M96" t="s">
         <v>535</v>
       </c>
-      <c r="M96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N96" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O96" t="s">
         <v>536</v>
       </c>
-      <c r="P96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P96"/>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
+        <v>537</v>
+      </c>
+      <c r="B97" t="s">
         <v>538</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>539</v>
       </c>
-      <c r="C97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>341</v>
+        <v>540</v>
       </c>
       <c r="E97" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>540</v>
+        <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
-      <c r="H97"/>
+      <c r="H97">
+        <v>2016</v>
+      </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>438</v>
+        <v>67</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
-      <c r="L97" t="s">
+      <c r="L97"/>
+      <c r="M97" t="s">
         <v>541</v>
       </c>
-      <c r="M97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N97" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O97" t="s">
         <v>542</v>
       </c>
       <c r="P97" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>544</v>
       </c>
       <c r="B98" t="s">
         <v>545</v>
       </c>
       <c r="C98" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="D98" t="s">
-        <v>69</v>
+        <v>172</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>291</v>
+        <v>208</v>
       </c>
       <c r="K98" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>107</v>
+        <v>546</v>
       </c>
       <c r="M98" t="s">
+        <v>541</v>
+      </c>
+      <c r="N98" t="s">
+        <v>37</v>
+      </c>
+      <c r="O98" t="s">
         <v>547</v>
       </c>
-      <c r="N98" t="s">
-[...2 lines deleted...]
-      <c r="O98" t="s">
+      <c r="P98" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="B99" t="s">
         <v>550</v>
       </c>
       <c r="C99" t="s">
         <v>551</v>
       </c>
       <c r="D99" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E99" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>291</v>
+        <v>115</v>
       </c>
       <c r="K99" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="L99" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="M99" t="s">
         <v>552</v>
       </c>
       <c r="N99" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="O99" t="s">
         <v>553</v>
       </c>
-      <c r="P99"/>
+      <c r="P99" t="s">
+        <v>554</v>
+      </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B100" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C100" t="s">
-        <v>556</v>
+        <v>171</v>
       </c>
       <c r="D100" t="s">
         <v>557</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2016</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
         <v>558</v>
       </c>
       <c r="N100" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O100" t="s">
         <v>559</v>
       </c>
       <c r="P100" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>561</v>
       </c>
       <c r="B101" t="s">
         <v>562</v>
       </c>
       <c r="C101" t="s">
-        <v>556</v>
+        <v>171</v>
       </c>
       <c r="D101" t="s">
-        <v>193</v>
+        <v>265</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101" t="s">
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>173</v>
+      </c>
+      <c r="N101" t="s">
+        <v>37</v>
+      </c>
+      <c r="O101" t="s">
         <v>563</v>
       </c>
-      <c r="M101" t="s">
-[...5 lines deleted...]
-      <c r="O101" t="s">
+      <c r="P101" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
+        <v>565</v>
+      </c>
+      <c r="B102" t="s">
         <v>566</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>568</v>
+        <v>171</v>
       </c>
       <c r="D102" t="s">
-        <v>69</v>
+        <v>490</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
-        <v>2021</v>
+        <v>2004</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>130</v>
+        <v>23</v>
       </c>
       <c r="K102" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
+        <v>567</v>
+      </c>
+      <c r="N102" t="s">
+        <v>37</v>
+      </c>
+      <c r="O102" t="s">
+        <v>568</v>
+      </c>
+      <c r="P102" t="s">
         <v>569</v>
-      </c>
-[...7 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
+        <v>570</v>
+      </c>
+      <c r="B103" t="s">
+        <v>571</v>
+      </c>
+      <c r="C103" t="s">
+        <v>145</v>
+      </c>
+      <c r="D103" t="s">
         <v>572</v>
-      </c>
-[...7 lines deleted...]
-        <v>574</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K103" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>575</v>
+        <v>147</v>
       </c>
       <c r="N103" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="O103" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="P103" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="B104" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C104" t="s">
-        <v>192</v>
+        <v>270</v>
       </c>
       <c r="D104" t="s">
-        <v>285</v>
+        <v>577</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>23</v>
+        <v>578</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>194</v>
+        <v>579</v>
       </c>
       <c r="N104" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O104" t="s">
         <v>580</v>
       </c>
       <c r="P104" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>582</v>
       </c>
       <c r="B105" t="s">
+        <v>51</v>
+      </c>
+      <c r="C105" t="s">
         <v>583</v>
       </c>
-      <c r="C105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105" t="s">
-        <v>509</v>
+        <v>53</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
-      <c r="L105"/>
+      <c r="L105" t="s">
+        <v>57</v>
+      </c>
       <c r="M105" t="s">
         <v>584</v>
       </c>
       <c r="N105" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O105" t="s">
         <v>585</v>
       </c>
       <c r="P105" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>587</v>
       </c>
       <c r="B106" t="s">
         <v>588</v>
       </c>
       <c r="C106" t="s">
-        <v>160</v>
+        <v>583</v>
       </c>
       <c r="D106" t="s">
-        <v>589</v>
+        <v>53</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="K106" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="L106"/>
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>57</v>
+      </c>
       <c r="M106" t="s">
-        <v>162</v>
+        <v>584</v>
       </c>
       <c r="N106" t="s">
-        <v>156</v>
+        <v>59</v>
       </c>
       <c r="O106" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="P106"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
+        <v>590</v>
+      </c>
+      <c r="B107" t="s">
+        <v>591</v>
+      </c>
+      <c r="C107" t="s">
         <v>592</v>
       </c>
-      <c r="B107" t="s">
+      <c r="D107" t="s">
         <v>593</v>
       </c>
-      <c r="C107" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F107" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
+        <v>594</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
         <v>595</v>
       </c>
-      <c r="K107" t="s">
-[...2 lines deleted...]
-      <c r="L107"/>
       <c r="M107" t="s">
         <v>596</v>
       </c>
       <c r="N107" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O107" t="s">
         <v>597</v>
       </c>
-      <c r="P107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P107"/>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
+        <v>598</v>
+      </c>
+      <c r="B108" t="s">
         <v>599</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
+        <v>592</v>
+      </c>
+      <c r="D108" t="s">
         <v>600</v>
       </c>
-      <c r="D108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F108" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>72</v>
+        <v>601</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>73</v>
+        <v>602</v>
       </c>
       <c r="M108" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="N108" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O108" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P108" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B109" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C109" t="s">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="D109" t="s">
-        <v>69</v>
+        <v>437</v>
       </c>
       <c r="E109" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F109" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>72</v>
+        <v>594</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>73</v>
+        <v>607</v>
       </c>
       <c r="M109" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="N109" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="O109" t="s">
-        <v>606</v>
-[...1 lines deleted...]
-      <c r="P109"/>
+        <v>608</v>
+      </c>
+      <c r="P109" t="s">
+        <v>609</v>
+      </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B110" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C110" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D110" t="s">
-        <v>610</v>
+        <v>437</v>
       </c>
       <c r="E110" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F110" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
         <v>612</v>
       </c>
       <c r="M110" t="s">
+        <v>596</v>
+      </c>
+      <c r="N110" t="s">
+        <v>37</v>
+      </c>
+      <c r="O110" t="s">
         <v>613</v>
       </c>
-      <c r="N110" t="s">
-[...2 lines deleted...]
-      <c r="O110" t="s">
+      <c r="P110" t="s">
         <v>614</v>
       </c>
-      <c r="P110"/>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>615</v>
       </c>
       <c r="B111" t="s">
         <v>616</v>
       </c>
       <c r="C111" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D111" t="s">
         <v>617</v>
       </c>
       <c r="E111" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F111" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
+        <v>594</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
         <v>618</v>
       </c>
-      <c r="K111" t="s">
-[...2 lines deleted...]
-      <c r="L111" t="s">
+      <c r="M111" t="s">
+        <v>596</v>
+      </c>
+      <c r="N111" t="s">
+        <v>37</v>
+      </c>
+      <c r="O111" t="s">
         <v>619</v>
       </c>
-      <c r="M111" t="s">
-[...5 lines deleted...]
-      <c r="O111" t="s">
+      <c r="P111" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
+        <v>621</v>
+      </c>
+      <c r="B112" t="s">
         <v>622</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
+        <v>592</v>
+      </c>
+      <c r="D112" t="s">
         <v>623</v>
       </c>
-      <c r="C112" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
         <v>624</v>
       </c>
       <c r="M112" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N112" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O112" t="s">
         <v>625</v>
       </c>
       <c r="P112" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>627</v>
       </c>
       <c r="B113" t="s">
         <v>628</v>
       </c>
       <c r="C113" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D113" t="s">
-        <v>456</v>
+        <v>629</v>
       </c>
       <c r="E113" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F113" t="s">
-        <v>51</v>
+        <v>630</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="M113" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N113" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O113" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="P113" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B114" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C114" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D114" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="E114" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F114" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="M114" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N114" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O114" t="s">
-        <v>636</v>
-[...3 lines deleted...]
-      </c>
+        <v>638</v>
+      </c>
+      <c r="P114"/>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B115" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C115" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D115" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="E115" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2021</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="M115" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N115" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O115" t="s">
-        <v>642</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="P115"/>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="B116" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="C116" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D116" t="s">
-        <v>646</v>
+        <v>178</v>
       </c>
       <c r="E116" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F116" t="s">
-        <v>647</v>
+        <v>34</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K116" t="s">
-        <v>24</v>
+        <v>642</v>
       </c>
       <c r="L116" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="M116" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N116" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O116" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="P116" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="B117" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="C117" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D117" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="E117" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F117" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K117" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="L117"/>
       <c r="M117" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N117" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O117" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="P117"/>
+        <v>650</v>
+      </c>
+      <c r="P117" t="s">
+        <v>651</v>
+      </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B118" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C118" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D118" t="s">
-        <v>653</v>
+        <v>178</v>
       </c>
       <c r="E118" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K118" t="s">
-        <v>24</v>
+        <v>654</v>
       </c>
       <c r="L118" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="M118" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N118" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O118" t="s">
         <v>656</v>
       </c>
-      <c r="P118"/>
+      <c r="P118" t="s">
+        <v>657</v>
+      </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B119" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C119" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D119" t="s">
-        <v>199</v>
+        <v>648</v>
       </c>
       <c r="E119" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F119" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2022</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K119" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="L119" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="M119" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N119" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O119" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P119" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B120" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C120" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D120" t="s">
-        <v>665</v>
+        <v>648</v>
       </c>
       <c r="E120" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F120" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2022</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>611</v>
+        <v>594</v>
       </c>
       <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
         <v>666</v>
       </c>
-      <c r="L120"/>
       <c r="M120" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N120" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O120" t="s">
         <v>667</v>
       </c>
       <c r="P120" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>669</v>
       </c>
       <c r="B121" t="s">
         <v>670</v>
       </c>
       <c r="C121" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D121" t="s">
-        <v>199</v>
+        <v>229</v>
       </c>
       <c r="E121" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F121" t="s">
-        <v>21</v>
+        <v>418</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="K121" t="s">
         <v>671</v>
       </c>
       <c r="L121" t="s">
         <v>672</v>
       </c>
       <c r="M121" t="s">
-        <v>613</v>
+        <v>596</v>
       </c>
       <c r="N121" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O121" t="s">
         <v>673</v>
       </c>
       <c r="P121" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
         <v>675</v>
       </c>
       <c r="B122" t="s">
         <v>676</v>
       </c>
       <c r="C122" t="s">
-        <v>609</v>
+        <v>677</v>
       </c>
       <c r="D122" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="E122" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>611</v>
+        <v>679</v>
       </c>
       <c r="K122" t="s">
-        <v>677</v>
+        <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="M122" t="s">
-        <v>613</v>
+        <v>681</v>
       </c>
       <c r="N122" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O122" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="P122" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
+        <v>684</v>
+      </c>
+      <c r="B123" t="s">
+        <v>685</v>
+      </c>
+      <c r="C123" t="s">
+        <v>677</v>
+      </c>
+      <c r="D123" t="s">
+        <v>224</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>66</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123">
+        <v>2019</v>
+      </c>
+      <c r="J123" t="s">
+        <v>271</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
         <v>681</v>
       </c>
-      <c r="B123" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N123" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O123" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="P123" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B124" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C124" t="s">
-        <v>609</v>
+        <v>677</v>
       </c>
       <c r="D124" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="E124" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>437</v>
+        <v>66</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I124"/>
+        <v>2016</v>
+      </c>
+      <c r="I124">
+        <v>2018</v>
+      </c>
       <c r="J124" t="s">
-        <v>618</v>
+        <v>271</v>
       </c>
       <c r="K124" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>613</v>
+        <v>681</v>
       </c>
       <c r="N124" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O124" t="s">
         <v>690</v>
       </c>
       <c r="P124" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
         <v>692</v>
       </c>
       <c r="B125" t="s">
         <v>693</v>
       </c>
       <c r="C125" t="s">
+        <v>677</v>
+      </c>
+      <c r="D125" t="s">
         <v>694</v>
       </c>
-      <c r="D125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
+        <v>679</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>681</v>
+      </c>
+      <c r="N125" t="s">
+        <v>37</v>
+      </c>
+      <c r="O125" t="s">
+        <v>695</v>
+      </c>
+      <c r="P125" t="s">
         <v>696</v>
-      </c>
-[...16 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="B126" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="C126" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D126" t="s">
-        <v>245</v>
+        <v>138</v>
       </c>
       <c r="E126" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F126" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I126">
         <v>2019</v>
       </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>291</v>
+        <v>108</v>
       </c>
       <c r="K126" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="N126" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="O126" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="P126" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="B127" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="C127" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D127" t="s">
-        <v>263</v>
+        <v>65</v>
       </c>
       <c r="E127" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F127" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>291</v>
+        <v>67</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="N127" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O127" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="P127" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="B128" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="C128" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D128" t="s">
-        <v>711</v>
+        <v>265</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>696</v>
+        <v>67</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="N128" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="O128" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="P128" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B129" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C129" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="D129" t="s">
-        <v>153</v>
+        <v>265</v>
       </c>
       <c r="E129" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="K129" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="N129" t="s">
-        <v>156</v>
+        <v>37</v>
       </c>
       <c r="O129" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="P129" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="B130" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="C130" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="D130" t="s">
-        <v>81</v>
+        <v>219</v>
       </c>
       <c r="E130" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2011</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
+        <v>700</v>
+      </c>
+      <c r="N130" t="s">
+        <v>37</v>
+      </c>
+      <c r="O130" t="s">
         <v>717</v>
       </c>
-      <c r="N130" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P130" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="B131" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="C131" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="D131" t="s">
-        <v>285</v>
+        <v>172</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2011</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="N131" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="P131" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="B132" t="s">
-        <v>729</v>
+        <v>87</v>
       </c>
       <c r="C132" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="D132" t="s">
-        <v>285</v>
+        <v>53</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="K132" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L132"/>
+        <v>90</v>
+      </c>
+      <c r="L132" t="s">
+        <v>91</v>
+      </c>
       <c r="M132" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="N132" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="O132" t="s">
-        <v>730</v>
+        <v>724</v>
       </c>
       <c r="P132" t="s">
-        <v>731</v>
+        <v>725</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>732</v>
+        <v>726</v>
       </c>
       <c r="B133" t="s">
-        <v>733</v>
+        <v>727</v>
       </c>
       <c r="C133" t="s">
-        <v>716</v>
+        <v>699</v>
       </c>
       <c r="D133" t="s">
-        <v>240</v>
+        <v>47</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2011</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
-      <c r="L133"/>
+      <c r="L133" t="s">
+        <v>728</v>
+      </c>
       <c r="M133" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
       <c r="N133" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="P133" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="B134" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="C134" t="s">
-        <v>716</v>
+        <v>476</v>
       </c>
       <c r="D134" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>123</v>
+        <v>733</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
-      <c r="L134"/>
+      <c r="L134" t="s">
+        <v>734</v>
+      </c>
       <c r="M134" t="s">
-        <v>717</v>
+        <v>480</v>
       </c>
       <c r="N134" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="O134" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="P134" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B135" t="s">
-        <v>103</v>
+        <v>738</v>
       </c>
       <c r="C135" t="s">
-        <v>716</v>
+        <v>739</v>
       </c>
       <c r="D135" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="E135" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F135" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2021</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="K135" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="L135" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="M135" t="s">
-        <v>717</v>
+        <v>740</v>
       </c>
       <c r="N135" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="O135" t="s">
         <v>741</v>
       </c>
-      <c r="P135" t="s">
-[...143 lines deleted...]
-      <c r="P138"/>
+      <c r="P135"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>