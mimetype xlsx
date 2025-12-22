--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,65 +132,65 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -697,50 +697,68 @@
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
     <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
     <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
   </si>
@@ -1278,65 +1296,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1474,99 +1492,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1900,51 +1918,51 @@
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>98</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2006</v>
       </c>
       <c r="J13" t="s">
         <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>106</v>
       </c>
       <c r="M13" t="s">
         <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>108</v>
       </c>
@@ -2044,101 +2062,101 @@
       </c>
       <c r="P15" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>119</v>
       </c>
       <c r="B16" t="s">
         <v>120</v>
       </c>
       <c r="C16" t="s">
         <v>104</v>
       </c>
       <c r="D16" t="s">
         <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>60</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>2002</v>
       </c>
       <c r="I16">
         <v>2002</v>
       </c>
       <c r="J16" t="s">
         <v>105</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>107</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>123</v>
       </c>
       <c r="P16" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>124</v>
       </c>
       <c r="B17" t="s">
         <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>104</v>
       </c>
       <c r="D17" t="s">
         <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>60</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>1999</v>
       </c>
       <c r="I17">
         <v>2009</v>
       </c>
       <c r="J17" t="s">
         <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>127</v>
       </c>
       <c r="M17" t="s">
         <v>107</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>128</v>
       </c>
@@ -2192,345 +2210,345 @@
       </c>
       <c r="P18" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>133</v>
       </c>
       <c r="B19" t="s">
         <v>134</v>
       </c>
       <c r="C19" t="s">
         <v>135</v>
       </c>
       <c r="D19" t="s">
         <v>136</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>98</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>137</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>138</v>
       </c>
       <c r="M19" t="s">
         <v>139</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>140</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>141</v>
       </c>
       <c r="B20" t="s">
         <v>142</v>
       </c>
       <c r="C20" t="s">
         <v>135</v>
       </c>
       <c r="D20" t="s">
         <v>37</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
         <v>137</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>138</v>
       </c>
       <c r="M20" t="s">
         <v>139</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>143</v>
       </c>
       <c r="P20" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>145</v>
       </c>
       <c r="B21" t="s">
         <v>146</v>
       </c>
       <c r="C21" t="s">
         <v>147</v>
       </c>
       <c r="D21" t="s">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>98</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H21">
         <v>2016</v>
       </c>
       <c r="I21">
         <v>2019</v>
       </c>
       <c r="J21" t="s">
         <v>148</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>149</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>150</v>
       </c>
       <c r="P21" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>152</v>
       </c>
       <c r="B22" t="s">
         <v>153</v>
       </c>
       <c r="C22" t="s">
         <v>154</v>
       </c>
       <c r="D22" t="s">
         <v>155</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>60</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H22">
         <v>2005</v>
       </c>
       <c r="I22">
         <v>2008</v>
       </c>
       <c r="J22" t="s">
         <v>53</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>156</v>
       </c>
       <c r="M22" t="s">
         <v>157</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>158</v>
       </c>
       <c r="P22" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>160</v>
       </c>
       <c r="B23" t="s">
         <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>162</v>
       </c>
       <c r="D23" t="s">
         <v>163</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>60</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H23">
         <v>2004</v>
       </c>
       <c r="I23">
         <v>2010</v>
       </c>
       <c r="J23" t="s">
         <v>86</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>165</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>166</v>
       </c>
       <c r="P23" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>168</v>
       </c>
       <c r="B24" t="s">
         <v>169</v>
       </c>
       <c r="C24" t="s">
         <v>162</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>165</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>170</v>
       </c>
       <c r="P24" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>168</v>
       </c>
       <c r="B25" t="s">
         <v>172</v>
       </c>
       <c r="C25" t="s">
         <v>162</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>98</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25">
         <v>2012</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>173</v>
       </c>
       <c r="M25" t="s">
         <v>165</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>174</v>
       </c>
@@ -2766,51 +2784,51 @@
       </c>
       <c r="P30" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>204</v>
       </c>
       <c r="B31" t="s">
         <v>205</v>
       </c>
       <c r="C31" t="s">
         <v>206</v>
       </c>
       <c r="D31" t="s">
         <v>37</v>
       </c>
       <c r="E31" t="s">
         <v>189</v>
       </c>
       <c r="F31" t="s">
         <v>98</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>148</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>207</v>
       </c>
       <c r="M31" t="s">
         <v>208</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>209</v>
       </c>
@@ -2892,616 +2910,660 @@
       <c r="I33"/>
       <c r="J33" t="s">
         <v>225</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>99</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>226</v>
       </c>
       <c r="P33" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>227</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B34"/>
       <c r="C34" t="s">
-        <v>229</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>37</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>60</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>228</v>
       </c>
       <c r="H34">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>230</v>
       </c>
-      <c r="K34" t="s">
-[...2 lines deleted...]
-      <c r="L34" t="s">
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>231</v>
       </c>
-      <c r="M34" t="s">
+      <c r="P34" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D35" t="s">
         <v>37</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="G35" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-      <c r="I35"/>
+        <v>38</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
       <c r="J35" t="s">
-        <v>148</v>
+        <v>236</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>237</v>
+      </c>
       <c r="M35" t="s">
         <v>238</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>239</v>
       </c>
       <c r="P35" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>241</v>
       </c>
       <c r="B36" t="s">
         <v>242</v>
       </c>
       <c r="C36" t="s">
         <v>243</v>
       </c>
       <c r="D36" t="s">
         <v>37</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>61</v>
+        <v>148</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
+      <c r="L36"/>
+      <c r="M36" t="s">
         <v>244</v>
       </c>
-      <c r="M36" t="s">
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>245</v>
       </c>
-      <c r="N36" t="s">
-[...2 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
         <v>248</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>249</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>250</v>
+        <v>37</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="G37" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="H37">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
       <c r="J37" t="s">
         <v>61</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>250</v>
+      </c>
       <c r="M37" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C38" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="D38" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="G38" t="s">
         <v>52</v>
       </c>
       <c r="H38">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>257</v>
       </c>
       <c r="P38" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>259</v>
       </c>
       <c r="B39" t="s">
         <v>260</v>
       </c>
       <c r="C39" t="s">
-        <v>147</v>
+        <v>261</v>
       </c>
       <c r="D39" t="s">
-        <v>261</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>60</v>
       </c>
       <c r="G39" t="s">
         <v>52</v>
       </c>
       <c r="H39">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>262</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
+        <v>262</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>263</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>265</v>
+      </c>
+      <c r="B40" t="s">
         <v>266</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>147</v>
+      </c>
+      <c r="D40" t="s">
         <v>267</v>
       </c>
-      <c r="C40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G40" t="s">
         <v>52</v>
       </c>
       <c r="H40">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
+        <v>268</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>269</v>
+      </c>
+      <c r="N40" t="s">
+        <v>117</v>
+      </c>
+      <c r="O40" t="s">
         <v>270</v>
       </c>
-      <c r="K40" t="s">
-[...2 lines deleted...]
-      <c r="L40" t="s">
+      <c r="P40" t="s">
         <v>271</v>
-      </c>
-[...10 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>272</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>274</v>
+      </c>
+      <c r="D41" t="s">
         <v>275</v>
       </c>
-      <c r="B41" t="s">
+      <c r="E41" t="s">
+        <v>189</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41">
+        <v>2006</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>276</v>
       </c>
-      <c r="C41" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
         <v>277</v>
       </c>
-      <c r="D41" t="s">
-[...23 lines deleted...]
-      <c r="L41" t="s">
+      <c r="M41" t="s">
         <v>278</v>
       </c>
-      <c r="M41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>279</v>
       </c>
-      <c r="N41" t="s">
-[...2 lines deleted...]
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>281</v>
+      </c>
+      <c r="B42" t="s">
         <v>282</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>283</v>
       </c>
-      <c r="C42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>60</v>
       </c>
       <c r="G42" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="H42">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
         <v>137</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>284</v>
+      </c>
       <c r="M42" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P42" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B43" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C43" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D43" t="s">
-        <v>37</v>
+        <v>115</v>
       </c>
       <c r="E43" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="G43" t="s">
         <v>52</v>
       </c>
       <c r="H43">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>2014</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
       <c r="J43" t="s">
-        <v>61</v>
+        <v>137</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>290</v>
       </c>
       <c r="P43" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>292</v>
       </c>
       <c r="B44" t="s">
         <v>293</v>
       </c>
       <c r="C44" t="s">
         <v>294</v>
       </c>
       <c r="D44" t="s">
+        <v>37</v>
+      </c>
+      <c r="E44" t="s">
+        <v>189</v>
+      </c>
+      <c r="F44" t="s">
+        <v>98</v>
+      </c>
+      <c r="G44" t="s">
+        <v>52</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>61</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>295</v>
       </c>
-      <c r="E44" t="s">
-[...20 lines deleted...]
-      <c r="L44" t="s">
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>296</v>
       </c>
-      <c r="M44" t="s">
+      <c r="P44" t="s">
         <v>297</v>
-      </c>
-[...7 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
         <v>300</v>
       </c>
-      <c r="B45" t="s">
+      <c r="D45" t="s">
         <v>301</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>38</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2014</v>
+      </c>
+      <c r="J45" t="s">
+        <v>86</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>302</v>
+      </c>
+      <c r="M45" t="s">
+        <v>303</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>304</v>
+      </c>
+      <c r="P45" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" t="s">
+        <v>307</v>
+      </c>
+      <c r="C46" t="s">
         <v>206</v>
       </c>
-      <c r="D45" t="s">
-[...2 lines deleted...]
-      <c r="E45" t="s">
+      <c r="D46" t="s">
+        <v>308</v>
+      </c>
+      <c r="E46" t="s">
         <v>189</v>
       </c>
-      <c r="F45" t="s">
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="G45" t="s">
-[...2 lines deleted...]
-      <c r="H45">
+      <c r="G46" t="s">
+        <v>38</v>
+      </c>
+      <c r="H46">
         <v>2014</v>
       </c>
-      <c r="I45">
+      <c r="I46">
         <v>2017</v>
       </c>
-      <c r="J45" t="s">
+      <c r="J46" t="s">
         <v>137</v>
       </c>
-      <c r="K45" t="s">
-[...3 lines deleted...]
-      <c r="M45" t="s">
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
         <v>208</v>
       </c>
-      <c r="N45" t="s">
-[...6 lines deleted...]
-        <v>304</v>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>309</v>
+      </c>
+      <c r="P46" t="s">
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">