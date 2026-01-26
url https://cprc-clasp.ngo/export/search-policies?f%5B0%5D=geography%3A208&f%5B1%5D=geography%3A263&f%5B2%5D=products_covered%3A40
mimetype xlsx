--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,147 +80,150 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>JS 2105:2013 Energy labeling of televisions</t>
+  </si>
+  <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>JS 2105</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
+    <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
+    <t>JS 2106</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
+    <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
+    <t>Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>JS 2110</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...94 lines deleted...]
-    <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
@@ -1045,508 +1048,508 @@
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>53</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H7">
         <v>2022</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>47</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2011</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">