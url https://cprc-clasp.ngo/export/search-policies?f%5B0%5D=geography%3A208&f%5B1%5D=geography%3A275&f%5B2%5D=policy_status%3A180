--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,452 +12,533 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
   </si>
   <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -721,963 +802,1080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="152" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>60</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="M2" t="s">
-[...13 lines deleted...]
-      <c r="C3" t="s">
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...13 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>99</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>102</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>94</v>
+      </c>
+      <c r="M17" t="s">
+        <v>102</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>118</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>122</v>
+      </c>
+      <c r="N18" t="s">
+        <v>123</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>128</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>127</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>128</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
+        <v>135</v>
+      </c>
+      <c r="D21" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E21" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...61 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>86</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>136</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" t="s">
+        <v>142</v>
+      </c>
+      <c r="E22" t="s">
         <v>44</v>
       </c>
-      <c r="M5" t="s">
-[...639 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
       <c r="H22"/>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>20</v>
-[...4 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="N22" t="s">
-        <v>120</v>
-      </c>
+        <v>145</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>