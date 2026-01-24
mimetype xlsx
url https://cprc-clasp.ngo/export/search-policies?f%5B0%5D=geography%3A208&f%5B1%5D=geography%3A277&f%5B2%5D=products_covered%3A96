--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -380,69 +380,69 @@
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
@@ -1526,51 +1526,51 @@
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>
       </c>
       <c r="B15" t="s">
         <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>120</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>122</v>
       </c>
       <c r="P15" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>124</v>