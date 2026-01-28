--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,138 +80,141 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
+  </si>
+  <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas, LPG</t>
+  </si>
+  <si>
+    <t>AS 4552:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...85 lines deleted...]
-    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -906,216 +909,216 @@
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G9" t="s">
         <v>32</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">