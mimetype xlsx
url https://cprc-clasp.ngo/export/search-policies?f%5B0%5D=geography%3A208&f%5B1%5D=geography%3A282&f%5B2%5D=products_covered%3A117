--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -116,66 +116,66 @@
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
@@ -668,110 +668,110 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>1989</v>
       </c>
       <c r="I3">
         <v>2009</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>25</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1989</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">