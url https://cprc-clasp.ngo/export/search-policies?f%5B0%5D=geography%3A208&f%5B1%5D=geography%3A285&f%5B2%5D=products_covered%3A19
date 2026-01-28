--- v0 (2025-12-12)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
@@ -152,50 +152,53 @@
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-677/</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
   </si>
   <si>
     <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
@@ -704,51 +707,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -882,456 +885,456 @@
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H4">
         <v>1997</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5">
         <v>2011</v>
       </c>
       <c r="J5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2020</v>
       </c>
       <c r="J7" t="s">
         <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>36</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M9" t="s">
         <v>38</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2014</v>
       </c>
       <c r="J11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
         <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12">
         <v>2017</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>38</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">