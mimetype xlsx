--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,114 +80,117 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Water Heating</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>IEC 60379</t>
+  </si>
+  <si>
+    <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...61 lines deleted...]
-    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
@@ -800,266 +803,266 @@
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2022</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>35</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
       <c r="I5">
         <v>2020</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7">
         <v>2020</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">