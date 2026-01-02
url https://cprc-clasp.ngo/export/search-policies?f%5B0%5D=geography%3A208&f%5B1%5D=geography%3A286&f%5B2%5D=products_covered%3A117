--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -65,87 +65,87 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
@@ -488,65 +488,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">