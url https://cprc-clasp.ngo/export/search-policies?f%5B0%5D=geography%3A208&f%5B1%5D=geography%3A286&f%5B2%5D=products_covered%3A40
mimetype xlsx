--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
@@ -136,50 +136,53 @@
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
     <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
 The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
@@ -791,312 +794,312 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
         <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2014</v>
       </c>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">