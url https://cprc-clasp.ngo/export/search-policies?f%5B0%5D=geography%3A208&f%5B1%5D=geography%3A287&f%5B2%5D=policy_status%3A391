--- v0 (2025-11-26)
+++ v1 (2026-01-19)
@@ -12,605 +12,581 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
-[...449 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
+  </si>
+  <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>April 2025</t>
+  </si>
+  <si>
+    <t>ICS 97.040.30</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards &amp; Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814.</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
+    <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010
+,   
+                    Egyptian Standard ES 4814</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
+  </si>
+  <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
+    <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
+    <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
+  </si>
+  <si>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>ICS 23.120 - 27.015</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
+    <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>IEC 60465/2003+cor1/2005
+,   
+                      IEC-60335-1/2001-Amd 1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>KS 2446-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
+    <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>KS 2447-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
+    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
+    <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
+  </si>
+  <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
+    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
+  </si>
+  <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
+    <t>Law 2009-07</t>
+  </si>
+  <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
+    <t>10 CFR 431 and product-specific Subparts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
@@ -1141,65 +1117,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P39"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1240,1899 +1216,1797 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="I9">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>78</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
         <v>77</v>
       </c>
-      <c r="G10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I11">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="I12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
+      <c r="H13"/>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="I14">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
       <c r="M14" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="P14" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C15" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I15">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16">
         <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17">
         <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2016</v>
       </c>
       <c r="I18">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>137</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="I19">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J19" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
       <c r="M19" t="s">
-        <v>89</v>
+        <v>140</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="I20">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J20" t="s">
-        <v>140</v>
+        <v>45</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="M20" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
         <v>145</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2004</v>
       </c>
       <c r="I21">
         <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>153</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
         <v>145</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>153</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="I22">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>154</v>
+        <v>45</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C23" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I23">
         <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>161</v>
+      </c>
       <c r="M23" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J24" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="H25">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>167</v>
+        <v>45</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="P25" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C26" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I26">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>140</v>
+        <v>45</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>179</v>
+      </c>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="P26" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
       <c r="J27" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="M27" t="s">
-        <v>182</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>94</v>
+        <v>190</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="I28">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>191</v>
       </c>
       <c r="K28" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="L28" t="s">
-        <v>187</v>
+        <v>79</v>
       </c>
       <c r="M28" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="N28" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C29" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D29" t="s">
-        <v>192</v>
+        <v>57</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="M29" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="P29" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>87</v>
+      </c>
+      <c r="E30" t="s">
         <v>197</v>
       </c>
-      <c r="C30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30">
         <v>2019</v>
       </c>
-      <c r="I30">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="K30" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="E31" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I31">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J31" t="s">
+        <v>191</v>
+      </c>
+      <c r="K31" t="s">
         <v>78</v>
       </c>
-      <c r="K31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L31" t="s">
-        <v>206</v>
+        <v>79</v>
       </c>
       <c r="M31" t="s">
-        <v>111</v>
+        <v>210</v>
       </c>
       <c r="N31" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="O31" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="P31" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
         <v>209</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" t="s">
+        <v>197</v>
+      </c>
+      <c r="F32" t="s">
+        <v>76</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>191</v>
+      </c>
+      <c r="K32" t="s">
+        <v>215</v>
+      </c>
+      <c r="L32" t="s">
+        <v>79</v>
+      </c>
+      <c r="M32" t="s">
         <v>210</v>
       </c>
-      <c r="C32" t="s">
-[...27 lines deleted...]
-      <c r="M32" t="s">
+      <c r="N32" t="s">
+        <v>81</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B33" t="s">
-        <v>216</v>
+        <v>73</v>
       </c>
       <c r="C33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
+        <v>75</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>76</v>
       </c>
-      <c r="E33" t="s">
-[...2 lines deleted...]
-      <c r="F33" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
         <v>77</v>
       </c>
-      <c r="G33" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K33" t="s">
+        <v>78</v>
+      </c>
+      <c r="L33" t="s">
         <v>79</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N33" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="D34" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="E34" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="I34">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="J34" t="s">
-        <v>199</v>
+        <v>153</v>
       </c>
       <c r="K34" t="s">
-        <v>223</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>80</v>
+        <v>225</v>
       </c>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="N34" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="P34" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D35" t="s">
-        <v>76</v>
+        <v>231</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I35">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="J35" t="s">
-        <v>78</v>
+        <v>153</v>
       </c>
       <c r="K35" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>80</v>
+        <v>232</v>
       </c>
       <c r="M35" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="N35" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="P35" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="B36" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C36" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I36">
         <v>2014</v>
       </c>
       <c r="J36" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="M36" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="P36" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
       <c r="F37" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I37">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J37" t="s">
-        <v>154</v>
+        <v>243</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>234</v>
+        <v>109</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="P37" t="s">
-        <v>242</v>
-[...36 lines deleted...]
-      <c r="L38" t="s">
         <v>245</v>
-      </c>
-[...58 lines deleted...]
-        <v>253</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">