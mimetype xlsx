--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,65 +132,65 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -279,66 +279,66 @@
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
     <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
@@ -489,50 +489,53 @@
   <si>
     <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
   </si>
   <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
@@ -568,50 +571,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
   </si>
   <si>
     <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
@@ -1020,65 +1041,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P31"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1216,99 +1237,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1546,51 +1567,51 @@
       </c>
       <c r="P10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>89</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>69</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
         <v>90</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>91</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>92</v>
       </c>
       <c r="P11" t="s">
         <v>93</v>
@@ -1642,247 +1663,247 @@
       </c>
       <c r="P12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>101</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>103</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>97</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>104</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>105</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>106</v>
       </c>
       <c r="P13" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>108</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>110</v>
       </c>
       <c r="D14" t="s">
         <v>111</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>69</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>2005</v>
       </c>
       <c r="I14">
         <v>2008</v>
       </c>
       <c r="J14" t="s">
         <v>53</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>112</v>
       </c>
       <c r="M14" t="s">
         <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>114</v>
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>
       </c>
       <c r="B15" t="s">
         <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>69</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2004</v>
       </c>
       <c r="I15">
         <v>2010</v>
       </c>
       <c r="J15" t="s">
         <v>78</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>120</v>
       </c>
       <c r="M15" t="s">
         <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>122</v>
       </c>
       <c r="P15" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>124</v>
       </c>
       <c r="B16" t="s">
         <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>118</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>121</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>126</v>
       </c>
       <c r="P16" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>124</v>
       </c>
       <c r="B17" t="s">
         <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>118</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>97</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>129</v>
       </c>
       <c r="M17" t="s">
         <v>121</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>130</v>
       </c>
@@ -2072,502 +2093,546 @@
       </c>
       <c r="P21" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>154</v>
       </c>
       <c r="B22" t="s">
         <v>155</v>
       </c>
       <c r="C22" t="s">
         <v>89</v>
       </c>
       <c r="D22" t="s">
         <v>156</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>69</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>157</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C23" t="s">
         <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>69</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C24" t="s">
         <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>69</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
         <v>2018</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>97</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>104</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C26" t="s">
         <v>96</v>
       </c>
       <c r="D26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E26" t="s">
         <v>145</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>98</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P26" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="B27" t="s">
         <v>185</v>
       </c>
+      <c r="B27"/>
       <c r="C27" t="s">
-        <v>186</v>
+        <v>96</v>
       </c>
       <c r="D27" t="s">
         <v>37</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="G27" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>186</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>104</v>
+        <v>187</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C28" t="s">
-        <v>103</v>
+        <v>193</v>
       </c>
       <c r="D28" t="s">
-        <v>192</v>
+        <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="G28" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="H28"/>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>193</v>
+        <v>104</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>194</v>
       </c>
       <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>195</v>
       </c>
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" t="s">
         <v>198</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" t="s">
         <v>199</v>
       </c>
-      <c r="C29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="G29" t="s">
         <v>52</v>
       </c>
       <c r="H29">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>201</v>
+      </c>
+      <c r="N29" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>203</v>
       </c>
       <c r="P29" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>205</v>
       </c>
       <c r="B30" t="s">
         <v>206</v>
       </c>
       <c r="C30" t="s">
         <v>207</v>
       </c>
       <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>145</v>
+      </c>
+      <c r="F30" t="s">
+        <v>97</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>208</v>
       </c>
-      <c r="E30" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
+      <c r="L30"/>
+      <c r="M30" t="s">
         <v>209</v>
       </c>
-      <c r="M30" t="s">
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
         <v>210</v>
       </c>
-      <c r="N30" t="s">
-[...2 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
         <v>213</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D31" t="s">
         <v>215</v>
       </c>
       <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>78</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>175</v>
+      </c>
+      <c r="D32" t="s">
+        <v>222</v>
+      </c>
+      <c r="E32" t="s">
         <v>145</v>
       </c>
-      <c r="F31" t="s">
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="G31" t="s">
-[...2 lines deleted...]
-      <c r="H31">
+      <c r="G32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32">
         <v>2014</v>
       </c>
-      <c r="I31">
+      <c r="I32">
         <v>2017</v>
       </c>
-      <c r="J31" t="s">
-[...16 lines deleted...]
-        <v>218</v>
+      <c r="J32" t="s">
+        <v>223</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>177</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">