--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -62,180 +62,180 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
-[...98 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
+  </si>
+  <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
+    <t>WAEMU/UEMOA</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2020</t>
+  </si>
+  <si>
+    <t>WAEMU Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
+  </si>
+  <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
+    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
   </si>
   <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
   </si>
   <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
@@ -699,355 +699,353 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="I4">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
         <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2008</v>
       </c>
       <c r="J5" t="s">
         <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>54</v>
       </c>
       <c r="M5" t="s">
         <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>63</v>
       </c>
       <c r="P6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>65</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>67</v>
       </c>
       <c r="P7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>69</v>
       </c>
       <c r="B8" t="s">
         <v>70</v>
       </c>
       <c r="C8" t="s">
         <v>71</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
         <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>73</v>
       </c>
       <c r="M8" t="s">
         <v>74</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>75</v>
       </c>
       <c r="P8" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>