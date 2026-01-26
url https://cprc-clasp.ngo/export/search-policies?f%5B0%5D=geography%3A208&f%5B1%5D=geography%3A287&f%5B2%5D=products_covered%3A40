--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,105 +80,108 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...52 lines deleted...]
-    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
@@ -775,262 +778,262 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
       <c r="I8">
         <v>2014</v>
       </c>
       <c r="J8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">