--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,63 +132,63 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
@@ -537,50 +537,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
   </si>
   <si>
     <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
@@ -986,65 +1004,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P29"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1182,149 +1200,149 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>51</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H6">
         <v>1979</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
@@ -1562,51 +1580,51 @@
       </c>
       <c r="P11" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>96</v>
       </c>
       <c r="B12" t="s">
         <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>50</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>98</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H12">
         <v>2000</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
         <v>99</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>100</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>101</v>
       </c>
       <c r="P12" t="s">
         <v>102</v>
@@ -1658,247 +1676,247 @@
       </c>
       <c r="P13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>109</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>111</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
         <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>114</v>
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>
       </c>
       <c r="B15" t="s">
         <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>78</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2008</v>
       </c>
       <c r="J15" t="s">
         <v>62</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>120</v>
       </c>
       <c r="M15" t="s">
         <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>122</v>
       </c>
       <c r="P15" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>124</v>
       </c>
       <c r="B16" t="s">
         <v>125</v>
       </c>
       <c r="C16" t="s">
         <v>126</v>
       </c>
       <c r="D16" t="s">
         <v>127</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>78</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>2004</v>
       </c>
       <c r="I16">
         <v>2010</v>
       </c>
       <c r="J16" t="s">
         <v>87</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>128</v>
       </c>
       <c r="M16" t="s">
         <v>129</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>130</v>
       </c>
       <c r="P16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>132</v>
       </c>
       <c r="B17" t="s">
         <v>133</v>
       </c>
       <c r="C17" t="s">
         <v>126</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>129</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>134</v>
       </c>
       <c r="P17" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>132</v>
       </c>
       <c r="B18" t="s">
         <v>136</v>
       </c>
       <c r="C18" t="s">
         <v>126</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>52</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>137</v>
       </c>
       <c r="M18" t="s">
         <v>129</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>138</v>
       </c>
@@ -2088,51 +2106,51 @@
       </c>
       <c r="P22" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>161</v>
       </c>
       <c r="B23" t="s">
         <v>162</v>
       </c>
       <c r="C23" t="s">
         <v>163</v>
       </c>
       <c r="D23" t="s">
         <v>37</v>
       </c>
       <c r="E23" t="s">
         <v>98</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23">
         <v>2015</v>
       </c>
       <c r="J23" t="s">
         <v>112</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>164</v>
       </c>
       <c r="M23" t="s">
         <v>165</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>166</v>
       </c>
@@ -2168,278 +2186,322 @@
       <c r="I24"/>
       <c r="J24" t="s">
         <v>171</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>172</v>
       </c>
       <c r="P24" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>173</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B25"/>
       <c r="C25" t="s">
-        <v>175</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G25" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="H25"/>
+        <v>174</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>112</v>
+        <v>175</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>176</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>177</v>
       </c>
       <c r="P25" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>179</v>
       </c>
       <c r="B26" t="s">
         <v>180</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>181</v>
       </c>
       <c r="D26" t="s">
-        <v>181</v>
+        <v>37</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>182</v>
+        <v>112</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
+        <v>182</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>183</v>
       </c>
-      <c r="N26" t="s">
+      <c r="P26" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
         <v>187</v>
       </c>
-      <c r="B27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="G27" t="s">
         <v>61</v>
       </c>
       <c r="H27">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
+        <v>189</v>
+      </c>
+      <c r="N27" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>191</v>
       </c>
       <c r="P27" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>193</v>
       </c>
       <c r="B28" t="s">
         <v>194</v>
       </c>
       <c r="C28" t="s">
         <v>195</v>
       </c>
       <c r="D28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" t="s">
+        <v>98</v>
+      </c>
+      <c r="F28" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>99</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
         <v>196</v>
       </c>
-      <c r="E28" t="s">
-[...20 lines deleted...]
-      <c r="L28" t="s">
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>197</v>
       </c>
-      <c r="M28" t="s">
+      <c r="P28" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
         <v>201</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>202</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" t="s">
+        <v>38</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>87</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
         <v>203</v>
       </c>
-      <c r="E29" t="s">
-[...14 lines deleted...]
-      <c r="J29" t="s">
+      <c r="M29" t="s">
         <v>204</v>
-      </c>
-[...5 lines deleted...]
-        <v>165</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>205</v>
       </c>
       <c r="P29" t="s">
         <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" t="s">
+        <v>209</v>
+      </c>
+      <c r="E30" t="s">
+        <v>98</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>210</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>165</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">