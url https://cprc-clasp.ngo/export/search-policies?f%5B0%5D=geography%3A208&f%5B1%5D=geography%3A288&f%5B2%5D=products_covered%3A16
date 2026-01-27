--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
@@ -302,50 +302,53 @@
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
     <t>It covers routers</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
   </si>
   <si>
     <t>Ghana</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
     <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
@@ -1371,402 +1374,402 @@
       </c>
       <c r="P11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>91</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>93</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H12">
         <v>2022</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
         <v>93</v>
       </c>
       <c r="D13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>93</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H14">
         <v>2022</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>93</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C16" t="s">
         <v>93</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
         <v>49</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H16">
         <v>2022</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D17" t="s">
         <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>49</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E18" t="s">
         <v>49</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">