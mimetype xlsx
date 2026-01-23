--- v0 (2025-11-26)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="726">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,305 +104,230 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...5 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...22 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
-    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
-[...5 lines deleted...]
-    <t>Storage Water Heaters</t>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
-    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
-[...20 lines deleted...]
-    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...49 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
     <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
   </si>
   <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
@@ -525,50 +450,53 @@
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
     <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
     <t>This policy applies to all networked lighting lamps.</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
@@ -668,70 +596,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14008</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
   </si>
   <si>
     <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14544</t>
-  </si>
-[...18 lines deleted...]
-    <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
@@ -836,191 +744,197 @@
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...28 lines deleted...]
-    <t>Freezers-only</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -1035,507 +949,435 @@
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
 (a) plasma;
 (b) liquid crystal display (LCD);
 (c) light emitting diode (LED);
 (d) cathode ray tube (CRT); and
 (e) any other display type with similar function</t>
   </si>
   <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
     <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
-[...47 lines deleted...]
-    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>MS 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>Guide on Minimum Energy Performance Standards for Television</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>MS IEC 62301, IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>KS 2446-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
+  </si>
+  <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
+    <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>KS 2447-2:2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
+    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
+    <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
+  </si>
+  <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
+  </si>
+  <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>KS IEC/TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
+    <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
+  </si>
+  <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
+    <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
+  </si>
+  <si>
+    <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>GS 324:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
+    <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
+  </si>
+  <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
+    <t>GS IEC 62552: 2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
+    <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
+  </si>
+  <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
+    <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
+    <t>Law 2009-07</t>
+  </si>
+  <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
+    <t>10 CFR 431 and product-specific Subparts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
+  </si>
+  <si>
+    <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
+  </si>
+  <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
+  </si>
+  <si>
+    <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
+  </si>
+  <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
+  </si>
+  <si>
+    <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
+  </si>
+  <si>
+    <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
+  </si>
+  <si>
+    <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
+    <t>Televisions, Set Top Boxes (STB)</t>
+  </si>
+  <si>
+    <t>May 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
+  </si>
+  <si>
+    <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
+  </si>
+  <si>
+    <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
-    <t>MS IEC 62301:2012, IEC 60705:2010</t>
-[...352 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
   </si>
   <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
@@ -1898,53 +1740,50 @@
     <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-681/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
@@ -2273,50 +2112,53 @@
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
   </si>
   <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
     <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
@@ -2697,65 +2539,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P135"/>
+  <dimension ref="A1:P125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="259.365" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2840,6380 +2682,5898 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6"/>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2006</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>59</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>60</v>
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H8">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H11">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>95</v>
+      </c>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>93</v>
       </c>
-      <c r="C13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>104</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H14">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H15">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="E17" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H17">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>119</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>105</v>
       </c>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>127</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F18" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="H18">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="M18" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>135</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="D19" t="s">
-        <v>89</v>
+        <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H19">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>144</v>
+        <v>91</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>156</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H20">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="K20" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L20"/>
+        <v>158</v>
+      </c>
+      <c r="L20" t="s">
+        <v>105</v>
+      </c>
       <c r="M20" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="N20" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O20" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
         <v>149</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H21">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="D22" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G22" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H22">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>159</v>
+        <v>74</v>
       </c>
       <c r="K22" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="D23" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E23" t="s">
-        <v>166</v>
+        <v>92</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H23">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="L23" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="M23" t="s">
-        <v>168</v>
+        <v>135</v>
       </c>
       <c r="N23" t="s">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="P23" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H24">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>180</v>
+      </c>
       <c r="M24" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="P24" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C25" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>116</v>
+        <v>186</v>
       </c>
       <c r="E25" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>180</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>181</v>
+        <v>35</v>
       </c>
       <c r="K25" t="s">
-        <v>182</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>130</v>
+        <v>187</v>
       </c>
       <c r="M25" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="P25" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B26" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="D26" t="s">
-        <v>32</v>
+        <v>193</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>71</v>
+        <v>194</v>
       </c>
       <c r="H26">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
       <c r="J26" t="s">
-        <v>101</v>
+        <v>195</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="P26"/>
+        <v>197</v>
+      </c>
+      <c r="P26" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>188</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="D27" t="s">
-        <v>190</v>
+        <v>201</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>194</v>
       </c>
       <c r="H27">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>101</v>
+        <v>195</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="P27"/>
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="C28" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="D28" t="s">
-        <v>195</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G28" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H28">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="K28" t="s">
-        <v>196</v>
+        <v>104</v>
       </c>
       <c r="L28" t="s">
-        <v>197</v>
+        <v>105</v>
       </c>
       <c r="M28" t="s">
-        <v>160</v>
+        <v>106</v>
       </c>
       <c r="N28" t="s">
-        <v>198</v>
+        <v>97</v>
       </c>
       <c r="O28" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="B29" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="D29" t="s">
-        <v>203</v>
+        <v>91</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H29">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>33</v>
+        <v>157</v>
       </c>
       <c r="K29" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L29" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="M29" t="s">
-        <v>205</v>
+        <v>106</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O29" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B30" t="s">
-        <v>209</v>
+        <v>162</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>149</v>
       </c>
       <c r="D30" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G30" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M30" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B31" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="D31" t="s">
-        <v>216</v>
+        <v>166</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>167</v>
+      </c>
+      <c r="M31" t="s">
+        <v>135</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>217</v>
       </c>
-      <c r="M31" t="s">
-[...5 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
         <v>220</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>221</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>222</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>103</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
         <v>223</v>
       </c>
-      <c r="E32" t="s">
-[...5 lines deleted...]
-      <c r="G32" t="s">
+      <c r="M32" t="s">
         <v>224</v>
       </c>
-      <c r="H32">
-[...5 lines deleted...]
-      <c r="J32" t="s">
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>225</v>
       </c>
-      <c r="K32" t="s">
-[...3 lines deleted...]
-      <c r="M32" t="s">
+      <c r="P32" t="s">
         <v>226</v>
-      </c>
-[...7 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
         <v>229</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>230</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G33" t="s">
-        <v>224</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>232</v>
+      </c>
       <c r="M33" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B34" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C34" t="s">
-        <v>127</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
-        <v>116</v>
+        <v>239</v>
       </c>
       <c r="E34" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G34" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
       <c r="J34" t="s">
-        <v>128</v>
+        <v>240</v>
       </c>
       <c r="K34" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>130</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="N34" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>244</v>
+      </c>
+      <c r="B35" t="s">
+        <v>245</v>
+      </c>
+      <c r="C35" t="s">
         <v>238</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>246</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G35" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H35">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>181</v>
+        <v>240</v>
       </c>
       <c r="K35" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>131</v>
+        <v>233</v>
       </c>
       <c r="N35" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="P35"/>
+        <v>247</v>
+      </c>
+      <c r="P35" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B36" t="s">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="C36" t="s">
-        <v>173</v>
+        <v>238</v>
       </c>
       <c r="D36" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G36" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
       <c r="J36" t="s">
-        <v>101</v>
+        <v>231</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="M36" t="s">
-        <v>175</v>
+        <v>233</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="P36"/>
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="B37" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>238</v>
       </c>
       <c r="D37" t="s">
-        <v>190</v>
+        <v>254</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G37" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2024</v>
+      </c>
       <c r="J37" t="s">
-        <v>101</v>
+        <v>231</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>191</v>
+        <v>255</v>
       </c>
       <c r="M37" t="s">
-        <v>160</v>
+        <v>233</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="C38" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="D38" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H38">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>128</v>
+        <v>240</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="M38" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B39" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C39" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D39" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I39">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J39" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="M39" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P39" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
         <v>266</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>229</v>
+      </c>
+      <c r="D40" t="s">
         <v>267</v>
       </c>
-      <c r="C40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2024</v>
       </c>
       <c r="J40" t="s">
-        <v>261</v>
+        <v>231</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
+        <v>268</v>
+      </c>
+      <c r="M40" t="s">
+        <v>233</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
         <v>269</v>
       </c>
-      <c r="M40" t="s">
-[...5 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>271</v>
+      </c>
+      <c r="B41" t="s">
         <v>272</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
+        <v>229</v>
+      </c>
+      <c r="D41" t="s">
         <v>273</v>
       </c>
-      <c r="C41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I41"/>
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
       <c r="J41" t="s">
-        <v>276</v>
+        <v>231</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41"/>
+      <c r="L41" t="s">
+        <v>274</v>
+      </c>
       <c r="M41" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C42" t="s">
-        <v>274</v>
+        <v>229</v>
       </c>
       <c r="D42" t="s">
-        <v>281</v>
+        <v>127</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>276</v>
+        <v>231</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="M42" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="P42" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>229</v>
+      </c>
+      <c r="D43" t="s">
+        <v>282</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>112</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>231</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>283</v>
+      </c>
+      <c r="M43" t="s">
+        <v>233</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>284</v>
       </c>
-      <c r="B43" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="P43" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B44" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C44" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D44" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
-        <v>261</v>
+        <v>231</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="M44" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="P44" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C45" t="s">
+        <v>292</v>
+      </c>
+      <c r="D45" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" t="s">
+        <v>141</v>
+      </c>
+      <c r="F45" t="s">
+        <v>93</v>
+      </c>
+      <c r="G45" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>293</v>
+      </c>
+      <c r="K45" t="s">
+        <v>104</v>
+      </c>
+      <c r="L45" t="s">
+        <v>105</v>
+      </c>
+      <c r="M45" t="s">
         <v>294</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="N45" t="s">
         <v>295</v>
       </c>
-      <c r="E45" t="s">
-[...20 lines deleted...]
-      <c r="L45" t="s">
+      <c r="O45" t="s">
         <v>296</v>
       </c>
-      <c r="M45" t="s">
-[...5 lines deleted...]
-      <c r="O45" t="s">
+      <c r="P45" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>298</v>
       </c>
       <c r="B46" t="s">
         <v>299</v>
       </c>
       <c r="C46" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D46" t="s">
         <v>300</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H46">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>301</v>
       </c>
       <c r="M46" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>302</v>
       </c>
       <c r="P46" t="s">
-        <v>271</v>
+        <v>303</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C47" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D47" t="s">
-        <v>152</v>
+        <v>282</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H47">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I47">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J47" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="M47" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P47" t="s">
-        <v>271</v>
+        <v>308</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B48" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C48" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="D48" t="s">
-        <v>94</v>
+        <v>311</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
-      <c r="I48">
-[...1 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="M48" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P48" t="s">
-        <v>271</v>
+        <v>314</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B49" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C49" t="s">
-        <v>259</v>
+        <v>126</v>
       </c>
       <c r="D49" t="s">
-        <v>313</v>
+        <v>80</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I49">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J49" t="s">
-        <v>261</v>
+        <v>317</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="M49" t="s">
-        <v>263</v>
+        <v>128</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="P49" t="s">
-        <v>271</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B50" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C50" t="s">
-        <v>318</v>
+        <v>126</v>
       </c>
       <c r="D50" t="s">
-        <v>116</v>
+        <v>323</v>
       </c>
       <c r="E50" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2016</v>
+      </c>
+      <c r="I50">
+        <v>2018</v>
+      </c>
       <c r="J50" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="K50" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>130</v>
+        <v>325</v>
       </c>
       <c r="M50" t="s">
-        <v>320</v>
+        <v>128</v>
       </c>
       <c r="N50" t="s">
-        <v>321</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P50" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B51" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C51" t="s">
-        <v>274</v>
+        <v>126</v>
       </c>
       <c r="D51" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51">
         <v>2018</v>
       </c>
-      <c r="I51"/>
       <c r="J51" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>263</v>
+        <v>128</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="P51" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B52" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C52" t="s">
-        <v>274</v>
+        <v>126</v>
       </c>
       <c r="D52" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I52">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J52" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>263</v>
+        <v>128</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="P52" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B53" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C53" t="s">
-        <v>274</v>
+        <v>126</v>
       </c>
       <c r="D53" t="s">
-        <v>281</v>
+        <v>91</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="G53" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H53">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>159</v>
+        <v>339</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L53" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="M53" t="s">
-        <v>263</v>
+        <v>128</v>
       </c>
       <c r="N53" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O53" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="P53" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B54" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C54" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="D54" t="s">
-        <v>341</v>
+        <v>80</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H54">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>263</v>
+        <v>345</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="P54" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>348</v>
+      </c>
+      <c r="B55" t="s">
+        <v>349</v>
+      </c>
+      <c r="C55" t="s">
+        <v>292</v>
+      </c>
+      <c r="D55" t="s">
+        <v>85</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>65</v>
+      </c>
+      <c r="H55">
+        <v>2022</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>350</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
         <v>345</v>
       </c>
-      <c r="B55" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="P55" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B56" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C56" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="D56" t="s">
-        <v>352</v>
+        <v>267</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="G56" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H56">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>159</v>
+        <v>350</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>263</v>
+        <v>345</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P56" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>356</v>
       </c>
       <c r="B57" t="s">
         <v>357</v>
       </c>
       <c r="C57" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="D57" t="s">
-        <v>94</v>
+        <v>358</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="I57">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="J57" t="s">
-        <v>159</v>
+        <v>74</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M57" t="s">
-        <v>263</v>
+        <v>345</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C58" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="D58" t="s">
-        <v>363</v>
+        <v>85</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G58" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H58">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>159</v>
+        <v>74</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>364</v>
       </c>
       <c r="M58" t="s">
-        <v>263</v>
+        <v>345</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>365</v>
       </c>
       <c r="P58" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>367</v>
       </c>
       <c r="B59" t="s">
         <v>368</v>
       </c>
       <c r="C59" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="D59" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I59">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J59" t="s">
+        <v>35</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
         <v>369</v>
       </c>
-      <c r="K59" t="s">
-[...2 lines deleted...]
-      <c r="L59" t="s">
+      <c r="M59" t="s">
+        <v>113</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>370</v>
       </c>
-      <c r="M59" t="s">
-[...5 lines deleted...]
-      <c r="O59" t="s">
+      <c r="P59" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>367</v>
+      </c>
+      <c r="B60" t="s">
+        <v>372</v>
+      </c>
+      <c r="C60" t="s">
+        <v>111</v>
+      </c>
+      <c r="D60" t="s">
         <v>373</v>
       </c>
-      <c r="B60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I60">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="J60" t="s">
-        <v>376</v>
+        <v>195</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="M60" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="P60" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B61" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C61" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="D61" t="s">
-        <v>382</v>
+        <v>47</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I61">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="P61" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="B62" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="C62" t="s">
-        <v>151</v>
+        <v>111</v>
       </c>
       <c r="D62" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I62">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>128</v>
+        <v>35</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
-      <c r="L62"/>
+      <c r="L62" t="s">
+        <v>381</v>
+      </c>
       <c r="M62" t="s">
-        <v>153</v>
+        <v>113</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="P62" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="B63" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="C63" t="s">
-        <v>151</v>
+        <v>292</v>
       </c>
       <c r="D63" t="s">
-        <v>116</v>
+        <v>287</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H63">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>391</v>
+        <v>350</v>
       </c>
       <c r="K63" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>153</v>
+        <v>345</v>
       </c>
       <c r="N63" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="P63" t="s">
-        <v>394</v>
+        <v>352</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="B64" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="C64" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D64" t="s">
-        <v>89</v>
+        <v>388</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H64">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>128</v>
+        <v>350</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="P64" t="s">
-        <v>399</v>
+        <v>352</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="B65" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="C65" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D65" t="s">
-        <v>32</v>
+        <v>300</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>403</v>
+        <v>392</v>
       </c>
       <c r="P65" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="B66" t="s">
-        <v>406</v>
+        <v>394</v>
       </c>
       <c r="C66" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D66" t="s">
-        <v>291</v>
+        <v>395</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>180</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H66">
         <v>2022</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="P66" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="B67" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
       <c r="C67" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D67" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>101</v>
+        <v>400</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
       <c r="P67" t="s">
-        <v>413</v>
+        <v>352</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>414</v>
+        <v>402</v>
       </c>
       <c r="B68" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="C68" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D68" t="s">
-        <v>32</v>
+        <v>404</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H68">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>101</v>
+        <v>400</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="P68" t="s">
-        <v>418</v>
+        <v>352</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="B69" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="D69" t="s">
-        <v>32</v>
+        <v>408</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H69">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>33</v>
+        <v>400</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>138</v>
+        <v>345</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="P69" t="s">
-        <v>423</v>
+        <v>352</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="B70" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="C70" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="D70" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H70">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>225</v>
+        <v>350</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>138</v>
+        <v>345</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="P70" t="s">
-        <v>427</v>
+        <v>352</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="B71" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="C71" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="D71" t="s">
-        <v>52</v>
+        <v>416</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H71">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>33</v>
+        <v>350</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>138</v>
+        <v>345</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="P71" t="s">
-        <v>431</v>
+        <v>352</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="B72" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="C72" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="D72" t="s">
-        <v>52</v>
+        <v>420</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H72">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>33</v>
+        <v>350</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>138</v>
+        <v>345</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>434</v>
+        <v>421</v>
       </c>
       <c r="P72" t="s">
-        <v>431</v>
+        <v>352</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>435</v>
+        <v>422</v>
       </c>
       <c r="B73" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
       <c r="C73" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D73" t="s">
-        <v>313</v>
+        <v>171</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H73">
         <v>2022</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K73" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N73" t="s">
-        <v>27</v>
+        <v>424</v>
       </c>
       <c r="O73" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="P73" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="B74" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="C74" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D74" t="s">
-        <v>440</v>
+        <v>282</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H74">
         <v>2022</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="P74" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="B75" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
       <c r="C75" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D75" t="s">
-        <v>352</v>
+        <v>431</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H75">
         <v>2022</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O75" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="P75" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="B76" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="C76" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D76" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H76">
         <v>2022</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="P76" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="B77" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="C77" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D77" t="s">
-        <v>451</v>
+        <v>201</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="H77"/>
+        <v>65</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>452</v>
+        <v>350</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>453</v>
+        <v>439</v>
       </c>
       <c r="P77" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
       <c r="B78" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
       <c r="C78" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D78" t="s">
-        <v>456</v>
+        <v>64</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H78">
         <v>2022</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>452</v>
+        <v>350</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>457</v>
+        <v>442</v>
       </c>
       <c r="P78" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>458</v>
+        <v>443</v>
       </c>
       <c r="B79" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="C79" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D79" t="s">
-        <v>341</v>
+        <v>445</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H79">
         <v>2022</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>452</v>
+        <v>350</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>460</v>
+        <v>446</v>
       </c>
       <c r="P79" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="B80" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="C80" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="D80" t="s">
-        <v>463</v>
+        <v>449</v>
       </c>
       <c r="E80" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H80">
         <v>2022</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>402</v>
+        <v>350</v>
       </c>
       <c r="K80" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>397</v>
+        <v>345</v>
       </c>
       <c r="N80" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O80" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
       <c r="P80" t="s">
-        <v>404</v>
+        <v>352</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="B81" t="s">
-        <v>466</v>
+        <v>291</v>
       </c>
       <c r="C81" t="s">
-        <v>318</v>
+        <v>452</v>
       </c>
       <c r="D81" t="s">
-        <v>467</v>
+        <v>453</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G81" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H81">
         <v>2022</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>402</v>
+        <v>454</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L81"/>
+        <v>104</v>
+      </c>
+      <c r="L81" t="s">
+        <v>105</v>
+      </c>
       <c r="M81" t="s">
-        <v>397</v>
+        <v>455</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O81" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="P81" t="s">
-        <v>404</v>
+        <v>457</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="B82" t="s">
-        <v>470</v>
+        <v>89</v>
       </c>
       <c r="C82" t="s">
-        <v>318</v>
+        <v>459</v>
       </c>
       <c r="D82" t="s">
-        <v>471</v>
+        <v>91</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>92</v>
       </c>
       <c r="F82" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G82" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H82">
         <v>2022</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>402</v>
+        <v>460</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="L82"/>
+      <c r="L82" t="s">
+        <v>95</v>
+      </c>
       <c r="M82" t="s">
-        <v>397</v>
+        <v>461</v>
       </c>
       <c r="N82" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O82" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="P82" t="s">
-        <v>404</v>
+        <v>463</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="B83" t="s">
-        <v>474</v>
+        <v>89</v>
       </c>
       <c r="C83" t="s">
-        <v>318</v>
+        <v>459</v>
       </c>
       <c r="D83" t="s">
-        <v>195</v>
+        <v>91</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G83" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H83">
         <v>2022</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>402</v>
+        <v>460</v>
       </c>
       <c r="K83" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="L83"/>
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>465</v>
+      </c>
       <c r="M83" t="s">
-        <v>397</v>
+        <v>461</v>
       </c>
       <c r="N83" t="s">
-        <v>475</v>
+        <v>97</v>
       </c>
       <c r="O83" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="P83" t="s">
-        <v>404</v>
+        <v>467</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="B84" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="C84" t="s">
-        <v>318</v>
+        <v>470</v>
       </c>
       <c r="D84" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="E84" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F84" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G84" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H84">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>402</v>
+        <v>35</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
-      <c r="L84"/>
+      <c r="L84" t="s">
+        <v>471</v>
+      </c>
       <c r="M84" t="s">
-        <v>397</v>
+        <v>472</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="P84" t="s">
-        <v>404</v>
+        <v>474</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="B85" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="C85" t="s">
-        <v>318</v>
+        <v>470</v>
       </c>
       <c r="D85" t="s">
-        <v>482</v>
+        <v>47</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F85" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G85" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H85">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>402</v>
+        <v>35</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>471</v>
+      </c>
       <c r="M85" t="s">
-        <v>397</v>
+        <v>472</v>
       </c>
       <c r="N85" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="P85" t="s">
-        <v>404</v>
+        <v>474</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="B86" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="C86" t="s">
-        <v>318</v>
+        <v>72</v>
       </c>
       <c r="D86" t="s">
-        <v>486</v>
+        <v>73</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H86">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>402</v>
+        <v>74</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>397</v>
+        <v>75</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="P86" t="s">
-        <v>404</v>
+        <v>480</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="B87" t="s">
-        <v>489</v>
+        <v>79</v>
       </c>
       <c r="C87" t="s">
-        <v>318</v>
+        <v>72</v>
       </c>
       <c r="D87" t="s">
-        <v>231</v>
+        <v>80</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2010</v>
+      </c>
+      <c r="I87">
+        <v>2010</v>
+      </c>
       <c r="J87" t="s">
-        <v>402</v>
+        <v>74</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>397</v>
+        <v>75</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="P87" t="s">
-        <v>404</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
       <c r="B88" t="s">
-        <v>492</v>
+        <v>84</v>
       </c>
       <c r="C88" t="s">
-        <v>318</v>
+        <v>72</v>
       </c>
       <c r="D88" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H88">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>402</v>
+        <v>74</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>397</v>
+        <v>75</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="P88" t="s">
-        <v>404</v>
+        <v>480</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="B89" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="C89" t="s">
-        <v>318</v>
+        <v>102</v>
       </c>
       <c r="D89" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H89">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>402</v>
+        <v>103</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>397</v>
+        <v>106</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="P89" t="s">
-        <v>404</v>
+        <v>489</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="B90" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="C90" t="s">
-        <v>318</v>
+        <v>492</v>
       </c>
       <c r="D90" t="s">
-        <v>500</v>
+        <v>91</v>
       </c>
       <c r="E90" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G90" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H90">
+        <v>2019</v>
+      </c>
+      <c r="I90">
         <v>2022</v>
       </c>
-      <c r="I90"/>
       <c r="J90" t="s">
-        <v>402</v>
+        <v>157</v>
       </c>
       <c r="K90" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="L90"/>
+        <v>104</v>
+      </c>
+      <c r="L90" t="s">
+        <v>105</v>
+      </c>
       <c r="M90" t="s">
-        <v>397</v>
+        <v>493</v>
       </c>
       <c r="N90" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="O90" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="P90" t="s">
-        <v>404</v>
+        <v>495</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="B91" t="s">
-        <v>317</v>
+        <v>497</v>
       </c>
       <c r="C91" t="s">
-        <v>503</v>
+        <v>221</v>
       </c>
       <c r="D91" t="s">
-        <v>504</v>
+        <v>282</v>
       </c>
       <c r="E91" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F91" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H91">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>505</v>
+        <v>103</v>
       </c>
       <c r="K91" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>130</v>
+        <v>498</v>
       </c>
       <c r="M91" t="s">
-        <v>506</v>
+        <v>224</v>
       </c>
       <c r="N91" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="P91" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B92" t="s">
-        <v>114</v>
+        <v>502</v>
       </c>
       <c r="C92" t="s">
-        <v>510</v>
+        <v>221</v>
       </c>
       <c r="D92" t="s">
-        <v>116</v>
+        <v>503</v>
       </c>
       <c r="E92" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="F92" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H92">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>511</v>
+        <v>103</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>120</v>
+        <v>504</v>
       </c>
       <c r="M92" t="s">
-        <v>512</v>
+        <v>224</v>
       </c>
       <c r="N92" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="P92" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="B93" t="s">
-        <v>114</v>
+        <v>508</v>
       </c>
       <c r="C93" t="s">
+        <v>221</v>
+      </c>
+      <c r="D93" t="s">
+        <v>47</v>
+      </c>
+      <c r="E93" t="s">
+        <v>141</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93">
+        <v>2015</v>
+      </c>
+      <c r="J93" t="s">
+        <v>103</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>509</v>
+      </c>
+      <c r="M93" t="s">
+        <v>224</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
         <v>510</v>
       </c>
-      <c r="D93" t="s">
-[...15 lines deleted...]
-      <c r="J93" t="s">
+      <c r="P93" t="s">
         <v>511</v>
-      </c>
-[...16 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="B94" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="C94" t="s">
-        <v>521</v>
+        <v>221</v>
       </c>
       <c r="D94" t="s">
-        <v>152</v>
+        <v>514</v>
       </c>
       <c r="E94" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="F94" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="G94" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H94">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="M94" t="s">
-        <v>523</v>
+        <v>224</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="P94" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="B95" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C95" t="s">
-        <v>521</v>
+        <v>221</v>
       </c>
       <c r="D95" t="s">
-        <v>52</v>
+        <v>212</v>
       </c>
       <c r="E95" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H95">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>522</v>
+        <v>223</v>
       </c>
       <c r="M95" t="s">
-        <v>523</v>
+        <v>224</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="P95" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B96" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="C96" t="s">
-        <v>99</v>
+        <v>221</v>
       </c>
       <c r="D96" t="s">
-        <v>100</v>
+        <v>246</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H96">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
-      <c r="L96"/>
+      <c r="L96" t="s">
+        <v>523</v>
+      </c>
       <c r="M96" t="s">
-        <v>102</v>
+        <v>224</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="P96" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B97" t="s">
-        <v>106</v>
+        <v>527</v>
       </c>
       <c r="C97" t="s">
-        <v>99</v>
+        <v>221</v>
       </c>
       <c r="D97" t="s">
-        <v>89</v>
+        <v>528</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H97">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I97"/>
       <c r="J97" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
-      <c r="L97"/>
+      <c r="L97" t="s">
+        <v>529</v>
+      </c>
       <c r="M97" t="s">
-        <v>102</v>
+        <v>224</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="P97" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
+        <v>532</v>
+      </c>
+      <c r="B98" t="s">
+        <v>533</v>
+      </c>
+      <c r="C98" t="s">
+        <v>221</v>
+      </c>
+      <c r="D98" t="s">
         <v>534</v>
       </c>
-      <c r="B98" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H98">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
-      <c r="L98"/>
+      <c r="L98" t="s">
+        <v>535</v>
+      </c>
       <c r="M98" t="s">
-        <v>102</v>
+        <v>224</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P98" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B99" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C99" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D99" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="E99" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F99" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G99" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H99">
         <v>2017</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>128</v>
+        <v>541</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="P99" t="s">
-        <v>540</v>
+        <v>218</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B100" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C100" t="s">
-        <v>543</v>
+        <v>133</v>
       </c>
       <c r="D100" t="s">
-        <v>116</v>
+        <v>545</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H100">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I100"/>
       <c r="J100" t="s">
-        <v>181</v>
+        <v>546</v>
       </c>
       <c r="K100" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>130</v>
+        <v>547</v>
       </c>
       <c r="M100" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="N100" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="P100" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B101" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C101" t="s">
-        <v>251</v>
+        <v>133</v>
       </c>
       <c r="D101" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="E101" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="F101" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G101" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H101">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I101"/>
+        <v>2017</v>
+      </c>
+      <c r="I101">
+        <v>2019</v>
+      </c>
       <c r="J101" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>254</v>
+        <v>135</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="P101" t="s">
-        <v>551</v>
+        <v>218</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B102" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C102" t="s">
-        <v>251</v>
+        <v>133</v>
       </c>
       <c r="D102" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="E102" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
       <c r="G102" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H102">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="M102" t="s">
-        <v>254</v>
+        <v>558</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="P102" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B103" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C103" t="s">
-        <v>251</v>
+        <v>563</v>
       </c>
       <c r="D103" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="E103" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="F103" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I103">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J103" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="K103" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L103" t="s">
-        <v>560</v>
+        <v>105</v>
       </c>
       <c r="M103" t="s">
-        <v>254</v>
+        <v>564</v>
       </c>
       <c r="N103" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O103" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="P103" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
+        <v>567</v>
+      </c>
+      <c r="B104" t="s">
+        <v>568</v>
+      </c>
+      <c r="C104" t="s">
         <v>563</v>
       </c>
-      <c r="B104" t="s">
+      <c r="D104" t="s">
+        <v>91</v>
+      </c>
+      <c r="E104" t="s">
+        <v>141</v>
+      </c>
+      <c r="F104" t="s">
+        <v>93</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2018</v>
+      </c>
+      <c r="I104">
+        <v>2022</v>
+      </c>
+      <c r="J104" t="s">
+        <v>157</v>
+      </c>
+      <c r="K104" t="s">
+        <v>158</v>
+      </c>
+      <c r="L104" t="s">
+        <v>105</v>
+      </c>
+      <c r="M104" t="s">
         <v>564</v>
       </c>
-      <c r="C104" t="s">
-[...24 lines deleted...]
-      <c r="L104" t="s">
+      <c r="N104" t="s">
+        <v>97</v>
+      </c>
+      <c r="O104" t="s">
+        <v>569</v>
+      </c>
+      <c r="P104" t="s">
         <v>566</v>
-      </c>
-[...10 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B105" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C105" t="s">
-        <v>251</v>
+        <v>572</v>
       </c>
       <c r="D105" t="s">
-        <v>242</v>
+        <v>91</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G105" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H105">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>128</v>
+        <v>339</v>
       </c>
       <c r="K105" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L105" t="s">
-        <v>253</v>
+        <v>105</v>
       </c>
       <c r="M105" t="s">
-        <v>254</v>
+        <v>573</v>
       </c>
       <c r="N105" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O105" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="P105" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B106" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C106" t="s">
-        <v>251</v>
+        <v>577</v>
       </c>
       <c r="D106" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="E106" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F106" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G106" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H106">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>128</v>
+        <v>339</v>
       </c>
       <c r="K106" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L106" t="s">
-        <v>574</v>
+        <v>105</v>
       </c>
       <c r="M106" t="s">
-        <v>254</v>
+        <v>578</v>
       </c>
       <c r="N106" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O106" t="s">
-        <v>575</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="P106"/>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B107" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C107" t="s">
-        <v>251</v>
+        <v>582</v>
       </c>
       <c r="D107" t="s">
-        <v>579</v>
+        <v>91</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G107" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H107">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="K107" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L107" t="s">
-        <v>580</v>
+        <v>105</v>
       </c>
       <c r="M107" t="s">
-        <v>254</v>
+        <v>583</v>
       </c>
       <c r="N107" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O107" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="P107" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B108" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C108" t="s">
-        <v>251</v>
+        <v>126</v>
       </c>
       <c r="D108" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="E108" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>21</v>
+        <v>112</v>
       </c>
       <c r="G108" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H108">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>128</v>
+        <v>589</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>254</v>
+        <v>590</v>
       </c>
       <c r="N108" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="O108" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="P108" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B109" t="s">
-        <v>590</v>
+        <v>89</v>
       </c>
       <c r="C109" t="s">
-        <v>158</v>
+        <v>594</v>
       </c>
       <c r="D109" t="s">
-        <v>591</v>
+        <v>91</v>
       </c>
       <c r="E109" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G109" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H109">
         <v>2017</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>592</v>
+        <v>94</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
-      <c r="L109"/>
+      <c r="L109" t="s">
+        <v>95</v>
+      </c>
       <c r="M109" t="s">
-        <v>160</v>
+        <v>595</v>
       </c>
       <c r="N109" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O109" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="P109" t="s">
-        <v>248</v>
+        <v>597</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
+        <v>598</v>
+      </c>
+      <c r="B110" t="s">
+        <v>599</v>
+      </c>
+      <c r="C110" t="s">
         <v>594</v>
       </c>
-      <c r="B110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D110" t="s">
-        <v>597</v>
+        <v>91</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="G110" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H110">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>598</v>
+        <v>94</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>599</v>
+        <v>95</v>
       </c>
       <c r="M110" t="s">
+        <v>595</v>
+      </c>
+      <c r="N110" t="s">
+        <v>97</v>
+      </c>
+      <c r="O110" t="s">
         <v>600</v>
       </c>
-      <c r="N110" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="P110"/>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B111" t="s">
-        <v>604</v>
+        <v>101</v>
       </c>
       <c r="C111" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="D111" t="s">
-        <v>152</v>
+        <v>91</v>
       </c>
       <c r="E111" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
+        <v>2016</v>
+      </c>
+      <c r="I111">
         <v>2017</v>
       </c>
-      <c r="I111">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="K111" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L111"/>
+        <v>104</v>
+      </c>
+      <c r="L111" t="s">
+        <v>105</v>
+      </c>
       <c r="M111" t="s">
-        <v>160</v>
+        <v>603</v>
       </c>
       <c r="N111" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O111" t="s">
+        <v>604</v>
+      </c>
+      <c r="P111" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>606</v>
       </c>
       <c r="B112" t="s">
         <v>607</v>
       </c>
       <c r="C112" t="s">
-        <v>158</v>
+        <v>608</v>
       </c>
       <c r="D112" t="s">
-        <v>608</v>
+        <v>171</v>
       </c>
       <c r="E112" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F112" t="s">
-        <v>180</v>
+        <v>93</v>
       </c>
       <c r="G112" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H112">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="K112" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L112" t="s">
+        <v>172</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
         <v>609</v>
       </c>
-      <c r="M112" t="s">
+      <c r="N112" t="s">
+        <v>174</v>
+      </c>
+      <c r="O112" t="s">
         <v>610</v>
       </c>
-      <c r="N112" t="s">
-[...2 lines deleted...]
-      <c r="O112" t="s">
+      <c r="P112" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
+        <v>612</v>
+      </c>
+      <c r="B113" t="s">
         <v>613</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
+        <v>608</v>
+      </c>
+      <c r="D113" t="s">
+        <v>47</v>
+      </c>
+      <c r="E113" t="s">
+        <v>141</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>65</v>
+      </c>
+      <c r="H113">
+        <v>2011</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>317</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>609</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
         <v>614</v>
       </c>
-      <c r="C113" t="s">
+      <c r="P113" t="s">
         <v>615</v>
-      </c>
-[...37 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
+        <v>616</v>
+      </c>
+      <c r="B114" t="s">
+        <v>617</v>
+      </c>
+      <c r="C114" t="s">
+        <v>608</v>
+      </c>
+      <c r="D114" t="s">
+        <v>330</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>65</v>
+      </c>
+      <c r="H114">
+        <v>2011</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>317</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>609</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>618</v>
+      </c>
+      <c r="P114" t="s">
         <v>619</v>
-      </c>
-[...43 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="B115" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="C115" t="s">
-        <v>624</v>
+        <v>608</v>
       </c>
       <c r="D115" t="s">
-        <v>116</v>
+        <v>330</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H115">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>391</v>
+        <v>317</v>
       </c>
       <c r="K115" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
       <c r="N115" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="P115" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B116" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C116" t="s">
-        <v>629</v>
+        <v>608</v>
       </c>
       <c r="D116" t="s">
-        <v>116</v>
+        <v>323</v>
       </c>
       <c r="E116" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G116" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H116">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>391</v>
+        <v>317</v>
       </c>
       <c r="K116" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>630</v>
+        <v>609</v>
       </c>
       <c r="N116" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="P116"/>
+        <v>626</v>
+      </c>
+      <c r="P116" t="s">
+        <v>627</v>
+      </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="B117" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C117" t="s">
-        <v>634</v>
+        <v>608</v>
       </c>
       <c r="D117" t="s">
-        <v>116</v>
+        <v>630</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H117">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="K117" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L117"/>
       <c r="M117" t="s">
-        <v>635</v>
+        <v>609</v>
       </c>
       <c r="N117" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="O117" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="P117" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="B118" t="s">
-        <v>639</v>
+        <v>132</v>
       </c>
       <c r="C118" t="s">
-        <v>151</v>
+        <v>608</v>
       </c>
       <c r="D118" t="s">
-        <v>640</v>
+        <v>91</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="G118" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H118">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>641</v>
+        <v>339</v>
       </c>
       <c r="K118" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L118"/>
+        <v>104</v>
+      </c>
+      <c r="L118" t="s">
+        <v>105</v>
+      </c>
       <c r="M118" t="s">
-        <v>642</v>
+        <v>609</v>
       </c>
       <c r="N118" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="O118" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="P118" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="B119" t="s">
-        <v>114</v>
+        <v>637</v>
       </c>
       <c r="C119" t="s">
-        <v>646</v>
+        <v>608</v>
       </c>
       <c r="D119" t="s">
-        <v>116</v>
+        <v>85</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="G119" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H119">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>120</v>
+        <v>638</v>
       </c>
       <c r="M119" t="s">
-        <v>647</v>
+        <v>609</v>
       </c>
       <c r="N119" t="s">
-        <v>122</v>
+        <v>67</v>
       </c>
       <c r="O119" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="P119" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="B120" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="C120" t="s">
+        <v>643</v>
+      </c>
+      <c r="D120" t="s">
+        <v>80</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2010</v>
+      </c>
+      <c r="I120">
+        <v>2014</v>
+      </c>
+      <c r="J120" t="s">
+        <v>195</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>644</v>
+      </c>
+      <c r="M120" t="s">
+        <v>645</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
         <v>646</v>
       </c>
-      <c r="D120" t="s">
-[...24 lines deleted...]
-      <c r="M120" t="s">
+      <c r="P120" t="s">
         <v>647</v>
       </c>
-      <c r="N120" t="s">
-[...5 lines deleted...]
-      <c r="P120"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
+        <v>648</v>
+      </c>
+      <c r="B121" t="s">
+        <v>649</v>
+      </c>
+      <c r="C121" t="s">
+        <v>643</v>
+      </c>
+      <c r="D121" t="s">
+        <v>650</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>112</v>
+      </c>
+      <c r="G121" t="s">
+        <v>65</v>
+      </c>
+      <c r="H121">
+        <v>2014</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>195</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>651</v>
+      </c>
+      <c r="M121" t="s">
+        <v>645</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>652</v>
+      </c>
+      <c r="P121" t="s">
         <v>653</v>
-      </c>
-[...43 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
+        <v>654</v>
+      </c>
+      <c r="B122" t="s">
+        <v>655</v>
+      </c>
+      <c r="C122" t="s">
+        <v>643</v>
+      </c>
+      <c r="D122" t="s">
+        <v>656</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>112</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2012</v>
+      </c>
+      <c r="I122">
+        <v>2014</v>
+      </c>
+      <c r="J122" t="s">
+        <v>195</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>657</v>
+      </c>
+      <c r="M122" t="s">
+        <v>645</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
         <v>658</v>
       </c>
-      <c r="B122" t="s">
+      <c r="P122" t="s">
         <v>659</v>
-      </c>
-[...36 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="B123" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="C123" t="s">
-        <v>660</v>
+        <v>643</v>
       </c>
       <c r="D123" t="s">
-        <v>52</v>
+        <v>330</v>
       </c>
       <c r="E123" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H123">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I123"/>
+        <v>2012</v>
+      </c>
+      <c r="I123">
+        <v>2014</v>
+      </c>
       <c r="J123" t="s">
-        <v>369</v>
+        <v>195</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
-      <c r="L123"/>
+      <c r="L123" t="s">
+        <v>662</v>
+      </c>
       <c r="M123" t="s">
-        <v>661</v>
+        <v>645</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="P123" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="B124" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="C124" t="s">
-        <v>660</v>
+        <v>221</v>
       </c>
       <c r="D124" t="s">
-        <v>382</v>
+        <v>667</v>
       </c>
       <c r="E124" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G124" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="H124">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I124"/>
+        <v>2014</v>
+      </c>
+      <c r="I124">
+        <v>2017</v>
+      </c>
       <c r="J124" t="s">
-        <v>369</v>
+        <v>339</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>661</v>
+        <v>224</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="P124" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
+        <v>670</v>
+      </c>
+      <c r="B125" t="s">
+        <v>671</v>
+      </c>
+      <c r="C125" t="s">
         <v>672</v>
       </c>
-      <c r="B125" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>382</v>
+        <v>91</v>
       </c>
       <c r="E125" t="s">
-        <v>20</v>
+        <v>141</v>
       </c>
       <c r="F125" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="G125" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H125">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>369</v>
+        <v>339</v>
       </c>
       <c r="K125" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L125"/>
+        <v>104</v>
+      </c>
+      <c r="L125" t="s">
+        <v>105</v>
+      </c>
       <c r="M125" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="N125" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="O125" t="s">
         <v>674</v>
       </c>
-      <c r="P125" t="s">
-[...481 lines deleted...]
-      <c r="P135"/>
+      <c r="P125"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>