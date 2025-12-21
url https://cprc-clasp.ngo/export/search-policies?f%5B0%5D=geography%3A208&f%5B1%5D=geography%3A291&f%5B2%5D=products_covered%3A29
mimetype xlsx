--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -284,142 +284,145 @@
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
-  </si>
-[...32 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact
 fluorescent lamps) and circular fluorescent lamps for general
 lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
 services with lamp cap E14, E27, GU10, B22d and G13; and
 (e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>MS IEC 60081:2003 or IEC 60081:2003
+,   
+                    MS IEC 60969:2006 or IEC 60969:2001
+,   
+                    MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
@@ -592,53 +595,50 @@
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1654,808 +1654,808 @@
       <c r="L9"/>
       <c r="M9" t="s">
         <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>87</v>
       </c>
       <c r="P9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>89</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H10">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15">
         <v>2018</v>
       </c>
       <c r="J15" t="s">
         <v>76</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>33</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>76</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2008</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D20" t="s">
         <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>67</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>67</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D22" t="s">
         <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>66</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>67</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
         <v>30</v>
       </c>
       <c r="C23" t="s">
         <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
         <v>2010</v>
       </c>
       <c r="J23" t="s">
         <v>34</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>35</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E24" t="s">
         <v>66</v>
       </c>
       <c r="F24" t="s">
         <v>50</v>
       </c>
       <c r="G24" t="s">
         <v>33</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>76</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
         <v>41</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>42</v>
       </c>
       <c r="H25">
         <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>184</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>185</v>
       </c>
       <c r="M25" t="s">
         <v>186</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>187</v>
       </c>
       <c r="P25" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>189</v>
       </c>
       <c r="B26" t="s">
         <v>190</v>
       </c>
       <c r="C26" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>191</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>50</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>184</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>192</v>
@@ -2468,402 +2468,402 @@
       </c>
       <c r="O26" t="s">
         <v>193</v>
       </c>
       <c r="P26" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>194</v>
       </c>
       <c r="B27" t="s">
         <v>195</v>
       </c>
       <c r="C27" t="s">
         <v>64</v>
       </c>
       <c r="D27" t="s">
         <v>196</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2018</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>197</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>198</v>
       </c>
       <c r="M27" t="s">
         <v>199</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>200</v>
       </c>
       <c r="P27" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>202</v>
       </c>
       <c r="B28" t="s">
         <v>203</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D28" t="s">
         <v>204</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>50</v>
       </c>
       <c r="G28" t="s">
         <v>33</v>
       </c>
       <c r="H28">
         <v>2016</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>205</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>206</v>
       </c>
       <c r="N28" t="s">
         <v>207</v>
       </c>
       <c r="O28" t="s">
         <v>208</v>
       </c>
       <c r="P28" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>210</v>
       </c>
       <c r="B29" t="s">
         <v>211</v>
       </c>
       <c r="C29" t="s">
         <v>212</v>
       </c>
       <c r="D29" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>213</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>214</v>
       </c>
       <c r="P29" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>216</v>
       </c>
       <c r="B30" t="s">
         <v>217</v>
       </c>
       <c r="C30" t="s">
         <v>212</v>
       </c>
       <c r="D30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>33</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>213</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>218</v>
       </c>
       <c r="P30" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>220</v>
       </c>
       <c r="B31" t="s">
         <v>221</v>
       </c>
       <c r="C31" t="s">
         <v>212</v>
       </c>
       <c r="D31" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>50</v>
       </c>
       <c r="G31" t="s">
         <v>33</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>213</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>222</v>
       </c>
       <c r="P31" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>224</v>
       </c>
       <c r="B32" t="s">
         <v>225</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>85</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>226</v>
       </c>
       <c r="M32" t="s">
         <v>44</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>227</v>
       </c>
       <c r="P32" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>229</v>
       </c>
       <c r="B33" t="s">
         <v>230</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>85</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>231</v>
       </c>
       <c r="M33" t="s">
         <v>44</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>232</v>
       </c>
       <c r="P33" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>234</v>
       </c>
       <c r="B34" t="s">
         <v>235</v>
       </c>
       <c r="C34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D34" t="s">
         <v>236</v>
       </c>
       <c r="E34" t="s">
         <v>66</v>
       </c>
       <c r="F34" t="s">
         <v>32</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2017</v>
       </c>
       <c r="J34" t="s">
         <v>237</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>238</v>
       </c>
       <c r="P34" t="s">
         <v>239</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>