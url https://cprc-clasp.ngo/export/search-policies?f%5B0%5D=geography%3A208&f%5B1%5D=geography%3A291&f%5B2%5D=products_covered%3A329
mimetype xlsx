--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -113,50 +113,53 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
     <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Comparative Label</t>
@@ -242,81 +245,78 @@
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
     <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
@@ -807,51 +807,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -943,808 +943,808 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="D10" t="s">
         <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H10">
         <v>2025</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>87</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>88</v>
       </c>
       <c r="P10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
       <c r="C11" t="s">
         <v>92</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H11">
         <v>2022</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>93</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>94</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>95</v>
       </c>
       <c r="P11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>92</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>99</v>
       </c>
       <c r="M12" t="s">
         <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>100</v>
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2004</v>
       </c>
       <c r="I13">
         <v>2010</v>
       </c>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>105</v>
       </c>
       <c r="M13" t="s">
         <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>107</v>
       </c>
       <c r="P13" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>102</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>104</v>
       </c>
       <c r="D14" t="s">
         <v>110</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2004</v>
       </c>
       <c r="I14">
         <v>2010</v>
       </c>
       <c r="J14" t="s">
         <v>111</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>105</v>
       </c>
       <c r="M14" t="s">
         <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>112</v>
       </c>
       <c r="P14" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>114</v>
       </c>
       <c r="B15" t="s">
         <v>115</v>
       </c>
       <c r="C15" t="s">
         <v>116</v>
       </c>
       <c r="D15" t="s">
         <v>117</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G15" t="s">
         <v>118</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>120</v>
       </c>
       <c r="P15" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>123</v>
       </c>
       <c r="P16" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>125</v>
       </c>
       <c r="B17" t="s">
         <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>127</v>
       </c>
       <c r="P17" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>129</v>
       </c>
       <c r="B18" t="s">
         <v>130</v>
       </c>
       <c r="C18" t="s">
         <v>131</v>
       </c>
       <c r="D18" t="s">
         <v>32</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>132</v>
       </c>
       <c r="M18" t="s">
         <v>133</v>
       </c>
       <c r="N18" t="s">
         <v>134</v>
       </c>
       <c r="O18" t="s">
         <v>135</v>
       </c>
       <c r="P18" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>137</v>
       </c>
       <c r="B19" t="s">
         <v>138</v>
       </c>
       <c r="C19" t="s">
         <v>139</v>
       </c>
       <c r="D19" t="s">
         <v>140</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
         <v>111</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>141</v>
       </c>
       <c r="M19" t="s">
         <v>142</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>