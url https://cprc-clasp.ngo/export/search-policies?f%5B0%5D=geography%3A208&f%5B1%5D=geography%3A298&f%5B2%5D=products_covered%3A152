--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -149,74 +149,74 @@
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
     <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>