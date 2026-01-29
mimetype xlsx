--- v0 (2025-12-15)
+++ v1 (2026-01-29)
@@ -785,54 +785,54 @@
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
       </c>
-      <c r="I5"/>
       <c r="J5" t="s">
         <v>48</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">