--- v0 (2025-11-13)
+++ v1 (2025-12-31)
@@ -134,69 +134,69 @@
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
@@ -725,51 +725,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>