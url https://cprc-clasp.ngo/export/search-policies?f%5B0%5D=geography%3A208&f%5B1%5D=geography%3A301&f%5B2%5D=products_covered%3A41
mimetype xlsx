--- v0 (2025-10-10)
+++ v1 (2025-12-13)
@@ -12,269 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,443 +584,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="124" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2022</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...9 lines deleted...]
-        <v>33</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...197 lines deleted...]
-        <v>59</v>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>