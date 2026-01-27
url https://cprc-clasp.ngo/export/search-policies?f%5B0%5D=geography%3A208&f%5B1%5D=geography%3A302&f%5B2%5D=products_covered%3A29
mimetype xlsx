--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
@@ -319,50 +319,53 @@
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
@@ -533,53 +536,50 @@
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -1148,51 +1148,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1650,697 +1650,697 @@
       </c>
       <c r="P10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>98</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>100</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11">
         <v>2018</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12">
         <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
         <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
         <v>76</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>76</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>50</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H16">
         <v>2005</v>
       </c>
       <c r="I16">
         <v>2008</v>
       </c>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>33</v>
       </c>
       <c r="H17">
         <v>2022</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
         <v>75</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>50</v>
       </c>
       <c r="G18" t="s">
         <v>67</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>67</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D20" t="s">
         <v>75</v>
       </c>
       <c r="E20" t="s">
         <v>66</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>67</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
         <v>30</v>
       </c>
       <c r="C21" t="s">
         <v>31</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H21">
         <v>2010</v>
       </c>
       <c r="I21">
         <v>2010</v>
       </c>
       <c r="J21" t="s">
         <v>34</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>35</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>92</v>
       </c>
       <c r="E22" t="s">
         <v>66</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>33</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>93</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>95</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P22" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E23" t="s">
         <v>66</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>33</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>76</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>173</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
         <v>41</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>50</v>
       </c>
       <c r="G24" t="s">
         <v>42</v>
       </c>
       <c r="H24">
         <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>174</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>175</v>
       </c>
       <c r="M24" t="s">
         <v>176</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>177</v>
       </c>
       <c r="P24" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>179</v>
       </c>
       <c r="B25" t="s">
         <v>180</v>
       </c>
       <c r="C25" t="s">
-        <v>173</v>
+        <v>64</v>
       </c>
       <c r="D25" t="s">
         <v>181</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>174</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>182</v>
@@ -2353,51 +2353,51 @@
       </c>
       <c r="O25" t="s">
         <v>183</v>
       </c>
       <c r="P25" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>184</v>
       </c>
       <c r="B26" t="s">
         <v>185</v>
       </c>
       <c r="C26" t="s">
         <v>64</v>
       </c>
       <c r="D26" t="s">
         <v>186</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>187</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>188</v>
       </c>
       <c r="M26" t="s">
         <v>189</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>190</v>
@@ -2441,314 +2441,314 @@
       <c r="L27"/>
       <c r="M27" t="s">
         <v>196</v>
       </c>
       <c r="N27" t="s">
         <v>197</v>
       </c>
       <c r="O27" t="s">
         <v>198</v>
       </c>
       <c r="P27" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>200</v>
       </c>
       <c r="B28" t="s">
         <v>201</v>
       </c>
       <c r="C28" t="s">
         <v>202</v>
       </c>
       <c r="D28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>33</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>203</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>204</v>
       </c>
       <c r="P28" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>206</v>
       </c>
       <c r="B29" t="s">
         <v>207</v>
       </c>
       <c r="C29" t="s">
         <v>202</v>
       </c>
       <c r="D29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>203</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>208</v>
       </c>
       <c r="P29" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>210</v>
       </c>
       <c r="B30" t="s">
         <v>211</v>
       </c>
       <c r="C30" t="s">
         <v>202</v>
       </c>
       <c r="D30" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>50</v>
       </c>
       <c r="G30" t="s">
         <v>33</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>203</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>212</v>
       </c>
       <c r="P30" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>214</v>
       </c>
       <c r="B31" t="s">
         <v>215</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H31">
         <v>2010</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>85</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>216</v>
       </c>
       <c r="M31" t="s">
         <v>44</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>217</v>
       </c>
       <c r="P31" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>219</v>
       </c>
       <c r="B32" t="s">
         <v>220</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>85</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>221</v>
       </c>
       <c r="M32" t="s">
         <v>44</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>222</v>
       </c>
       <c r="P32" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>224</v>
       </c>
       <c r="B33" t="s">
         <v>225</v>
       </c>
       <c r="C33" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D33" t="s">
         <v>226</v>
       </c>
       <c r="E33" t="s">
         <v>66</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2017</v>
       </c>
       <c r="J33" t="s">
         <v>227</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
         <v>228</v>
       </c>
       <c r="P33" t="s">
         <v>229</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>