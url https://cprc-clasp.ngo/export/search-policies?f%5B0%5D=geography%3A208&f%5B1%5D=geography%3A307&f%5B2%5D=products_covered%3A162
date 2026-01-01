--- v0 (2025-11-11)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,138 +80,141 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
+  </si>
+  <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
+    <t>Decision 4889/QD-BCT LED labeling guidelines</t>
+  </si>
+  <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>TCVN 11843:2017, TCVN 11844:2017</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...85 lines deleted...]
-    <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
     <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
@@ -974,552 +977,552 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>51</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
         <v>2017</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H10">
         <v>2005</v>
       </c>
       <c r="I10">
         <v>2008</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2010</v>
       </c>
       <c r="J11" t="s">
         <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>35</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>43</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>45</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">