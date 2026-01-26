--- v0 (2025-12-01)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,116 +132,119 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
   </si>
   <si>
-    <t>IEC 60879</t>
-[...19 lines deleted...]
-  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
     <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
@@ -577,50 +580,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
     <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
   </si>
   <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
     <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
   </si>
@@ -663,66 +684,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
     <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
 → Hermetic compressors
 → Air cooling or naturally cooling condensers
 → Constant speed type or variable frequency types
 → And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
 The policy will enter into force in 2025.
 This policy does not apply to the following products:
 → Water cooling condenser type air conditioners
 → Duct type air conditioners (VRV, VRF, multi air conditioner)
 → Portable air conditioners
 → Cassette air conditioners
 → Stand-Floor air conditioners
 → Air conditioners with three-phase power supply</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
     <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
@@ -1151,65 +1172,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P39"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1347,99 +1368,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1493,1588 +1514,1632 @@
       </c>
       <c r="P6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>58</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2023</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H9">
         <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2011</v>
       </c>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H12">
         <v>2018</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>51</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2005</v>
       </c>
       <c r="I15">
         <v>2008</v>
       </c>
       <c r="J15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>2004</v>
       </c>
       <c r="I16">
         <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>51</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>51</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H19">
         <v>2022</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H20">
         <v>2022</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H21">
         <v>2022</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H22">
         <v>2022</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D23" t="s">
         <v>37</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F24" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
         <v>58</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
         <v>37</v>
       </c>
       <c r="E26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F26" t="s">
         <v>51</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H27">
         <v>2017</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P27" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="B28" t="s">
         <v>188</v>
       </c>
+      <c r="B28"/>
       <c r="C28" t="s">
-        <v>189</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
         <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="G28" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>189</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>112</v>
+        <v>190</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>196</v>
       </c>
       <c r="D29" t="s">
-        <v>195</v>
+        <v>37</v>
       </c>
       <c r="E29" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>51</v>
       </c>
       <c r="G29" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>196</v>
+        <v>113</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>70</v>
+        <v>197</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="P29"/>
+        <v>198</v>
+      </c>
+      <c r="P29" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="F30" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="H30">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>69</v>
+        <v>203</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D31" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="M31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P31" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B32" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>37</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>51</v>
       </c>
       <c r="G32" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="H32">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
       <c r="J32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
       <c r="M32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B33" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D33" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>51</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>189</v>
       </c>
       <c r="H33">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K33" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>218</v>
       </c>
       <c r="P33" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>220</v>
       </c>
       <c r="B34" t="s">
         <v>221</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D34" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>51</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>223</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>196</v>
+        <v>70</v>
       </c>
       <c r="K34" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N34" t="s">
-        <v>222</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P34" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B35" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C35" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D35" t="s">
-        <v>195</v>
+        <v>222</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>51</v>
       </c>
       <c r="G35" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="H35">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
       <c r="J35" t="s">
-        <v>69</v>
+        <v>203</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>71</v>
+      </c>
+      <c r="N35" t="s">
+        <v>229</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B36" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C36" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
       <c r="D36" t="s">
-        <v>231</v>
+        <v>202</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
       <c r="G36" t="s">
-        <v>52</v>
+        <v>189</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>232</v>
+        <v>70</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>233</v>
+      </c>
       <c r="M36" t="s">
-        <v>233</v>
+        <v>71</v>
       </c>
       <c r="N36" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="O36" t="s">
         <v>234</v>
       </c>
       <c r="P36" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>236</v>
       </c>
       <c r="B37" t="s">
         <v>237</v>
       </c>
       <c r="C37" t="s">
+        <v>112</v>
+      </c>
+      <c r="D37" t="s">
         <v>238</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="G37" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H37">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>239</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>240</v>
       </c>
       <c r="N37" t="s">
-        <v>27</v>
+        <v>229</v>
       </c>
       <c r="O37" t="s">
         <v>241</v>
       </c>
       <c r="P37" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>243</v>
       </c>
       <c r="B38" t="s">
         <v>244</v>
       </c>
       <c r="C38" t="s">
         <v>245</v>
       </c>
       <c r="D38" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" t="s">
+        <v>167</v>
+      </c>
+      <c r="F38" t="s">
+        <v>51</v>
+      </c>
+      <c r="G38" t="s">
+        <v>60</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
         <v>246</v>
       </c>
-      <c r="E38" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="L38" t="s">
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>247</v>
       </c>
-      <c r="M38" t="s">
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
         <v>248</v>
       </c>
-      <c r="N38" t="s">
-[...2 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
         <v>251</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D39" t="s">
         <v>253</v>
       </c>
       <c r="E39" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
+        <v>86</v>
+      </c>
+      <c r="G39" t="s">
+        <v>38</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>95</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>254</v>
+      </c>
+      <c r="M39" t="s">
+        <v>255</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>178</v>
+      </c>
+      <c r="D40" t="s">
+        <v>260</v>
+      </c>
+      <c r="E40" t="s">
+        <v>167</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="G39" t="s">
-[...2 lines deleted...]
-      <c r="H39">
+      <c r="G40" t="s">
+        <v>38</v>
+      </c>
+      <c r="H40">
         <v>2014</v>
       </c>
-      <c r="I39">
+      <c r="I40">
         <v>2017</v>
       </c>
-      <c r="J39" t="s">
-[...16 lines deleted...]
-        <v>256</v>
+      <c r="J40" t="s">
+        <v>261</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>180</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>262</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">