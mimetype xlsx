--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
@@ -149,50 +149,53 @@
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-677/</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
     <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
     <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
@@ -693,51 +696,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -871,506 +874,506 @@
       </c>
       <c r="P3" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H4">
         <v>2000</v>
       </c>
       <c r="I4">
         <v>2009</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5">
         <v>2011</v>
       </c>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H6">
         <v>2022</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H8">
         <v>2002</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H9">
         <v>2002</v>
       </c>
       <c r="I9">
         <v>2004</v>
       </c>
       <c r="J9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13">
         <v>2017</v>
       </c>
       <c r="J13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">