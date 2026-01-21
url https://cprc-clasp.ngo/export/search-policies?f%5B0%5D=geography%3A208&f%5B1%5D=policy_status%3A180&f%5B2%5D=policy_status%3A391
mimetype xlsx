--- v0 (2025-10-13)
+++ v1 (2026-01-21)
@@ -12,790 +12,1006 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
-    <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
-[...2 lines deleted...]
-    <t>Refrigerators-Freezers, Freezers-only</t>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
+    <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
-    <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
+    <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
+  </si>
+  <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5</t>
+  </si>
+  <si>
+    <t>Ethiopian Standards Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
+    <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
+  </si>
+  <si>
+    <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
+Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>National Regulator for Compulsory Specification (NRCS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
+  </si>
+  <si>
+    <t>https://www.greenbuildingafrica.co.za/wp-content/uploads/2024/05/Dept-trade-and-industry-LIGHT-BULB-LEGISLATION.pdf</t>
+  </si>
+  <si>
+    <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
+  </si>
+  <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
+  </si>
+  <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
+    <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
+  </si>
+  <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>MS 202</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Management Office</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
+    <t>Draft Lighting Standards</t>
+  </si>
+  <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>Standards Organisation of Nigeria (SON)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
+  </si>
+  <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPs for Green Buildings - Windows</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
+  </si>
+  <si>
+    <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
+  </si>
+  <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
+    <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>MS 201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
-[...142 lines deleted...]
-  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
-    <t>The Gambia</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...10 lines deleted...]
-  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1059,2313 +1275,2472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...37 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>71</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...40 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...248 lines deleted...]
-        <v>2015</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
-        <v>59</v>
+      <c r="I10">
+        <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>67</v>
       </c>
-      <c r="D11" t="s">
-[...15 lines deleted...]
-      <c r="J11" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>105</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>113</v>
+      </c>
+      <c r="E13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...29 lines deleted...]
-      <c r="G12">
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" t="s">
+        <v>118</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="H12">
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>87</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>138</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>87</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="J18" t="s">
+        <v>67</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>87</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>112</v>
+      </c>
+      <c r="D19" t="s">
+        <v>147</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>105</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2005</v>
+      </c>
+      <c r="I19">
+        <v>2008</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...34 lines deleted...]
-      <c r="J13" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>105</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>154</v>
+      </c>
+      <c r="D22" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>154</v>
+      </c>
+      <c r="D23" t="s">
+        <v>47</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...412 lines deleted...]
-        <v>2004</v>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
-      <c r="I23" t="s">
-        <v>28</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>157</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>47</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" t="s">
+        <v>95</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>148</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>148</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>174</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" t="s">
+        <v>173</v>
+      </c>
+      <c r="D26" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>105</v>
+      </c>
+      <c r="G26" t="s">
+        <v>95</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>148</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>174</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" t="s">
+        <v>173</v>
+      </c>
+      <c r="D27" t="s">
+        <v>186</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>105</v>
+      </c>
+      <c r="G27" t="s">
+        <v>95</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>148</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>174</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>111</v>
+      </c>
+      <c r="C28" t="s">
+        <v>173</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>105</v>
+      </c>
+      <c r="G28" t="s">
+        <v>95</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>148</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>174</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>111</v>
+      </c>
+      <c r="C29" t="s">
+        <v>193</v>
+      </c>
+      <c r="D29" t="s">
+        <v>194</v>
+      </c>
+      <c r="E29" t="s">
+        <v>94</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
+      <c r="G29" t="s">
+        <v>95</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>148</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>195</v>
+      </c>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>192</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>199</v>
+      </c>
+      <c r="D30" t="s">
+        <v>178</v>
+      </c>
+      <c r="E30" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>95</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>200</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>204</v>
+      </c>
+      <c r="D31" t="s">
         <v>124</v>
       </c>
-      <c r="L23" t="s">
-[...37 lines deleted...]
-      <c r="J24" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...264 lines deleted...]
-        <v>2010</v>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2010</v>
       </c>
-      <c r="I31" t="s">
-        <v>117</v>
+      <c r="I31">
+        <v>2010</v>
       </c>
       <c r="J31" t="s">
+        <v>148</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>205</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>210</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>94</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K31"/>
-[...26 lines deleted...]
-      <c r="F32" t="s">
+      <c r="G32" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>35</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>212</v>
+      </c>
+      <c r="M32" t="s">
+        <v>213</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>216</v>
+      </c>
+      <c r="C33" t="s">
+        <v>217</v>
+      </c>
+      <c r="D33" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" t="s">
+        <v>104</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>95</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>162</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>219</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>223</v>
+      </c>
+      <c r="D34" t="s">
+        <v>211</v>
+      </c>
+      <c r="E34" t="s">
+        <v>94</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>95</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>162</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>224</v>
+      </c>
+      <c r="M34" t="s">
+        <v>225</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>199</v>
+      </c>
+      <c r="D35" t="s">
+        <v>211</v>
+      </c>
+      <c r="E35" t="s">
+        <v>94</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>95</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>162</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>229</v>
+      </c>
+      <c r="B36" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" t="s">
+        <v>217</v>
+      </c>
+      <c r="D36" t="s">
+        <v>211</v>
+      </c>
+      <c r="E36" t="s">
+        <v>104</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>95</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>35</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>219</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>230</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>231</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>233</v>
+      </c>
+      <c r="D37" t="s">
+        <v>65</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>66</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37">
+        <v>2022</v>
+      </c>
+      <c r="J37" t="s">
+        <v>234</v>
+      </c>
+      <c r="K37" t="s">
+        <v>68</v>
+      </c>
+      <c r="L37" t="s">
+        <v>69</v>
+      </c>
+      <c r="M37" t="s">
+        <v>235</v>
+      </c>
+      <c r="N37" t="s">
+        <v>71</v>
+      </c>
+      <c r="O37" t="s">
+        <v>236</v>
+      </c>
+      <c r="P37" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>238</v>
+      </c>
+      <c r="B38" t="s">
+        <v>239</v>
+      </c>
+      <c r="C38" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" t="s">
+        <v>47</v>
+      </c>
+      <c r="E38" t="s">
+        <v>104</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>67</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>240</v>
+      </c>
+      <c r="M38" t="s">
+        <v>97</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>241</v>
+      </c>
+      <c r="P38" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" t="s">
+        <v>244</v>
+      </c>
+      <c r="C39" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" t="s">
+        <v>104</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>234</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>107</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>245</v>
+      </c>
+      <c r="P39" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>247</v>
+      </c>
+      <c r="B40" t="s">
+        <v>248</v>
+      </c>
+      <c r="C40" t="s">
+        <v>249</v>
+      </c>
+      <c r="D40" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" t="s">
+        <v>104</v>
+      </c>
+      <c r="F40" t="s">
+        <v>66</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40">
+        <v>2022</v>
+      </c>
+      <c r="J40" t="s">
+        <v>234</v>
+      </c>
+      <c r="K40" t="s">
+        <v>68</v>
+      </c>
+      <c r="L40" t="s">
+        <v>69</v>
+      </c>
+      <c r="M40" t="s">
+        <v>250</v>
+      </c>
+      <c r="N40" t="s">
+        <v>71</v>
+      </c>
+      <c r="O40" t="s">
+        <v>251</v>
+      </c>
+      <c r="P40" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>253</v>
+      </c>
+      <c r="B41" t="s">
+        <v>254</v>
+      </c>
+      <c r="C41" t="s">
+        <v>249</v>
+      </c>
+      <c r="D41" t="s">
+        <v>65</v>
+      </c>
+      <c r="E41" t="s">
+        <v>104</v>
+      </c>
+      <c r="F41" t="s">
+        <v>66</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2018</v>
+      </c>
+      <c r="I41">
+        <v>2022</v>
+      </c>
+      <c r="J41" t="s">
+        <v>234</v>
+      </c>
+      <c r="K41" t="s">
+        <v>255</v>
+      </c>
+      <c r="L41" t="s">
+        <v>69</v>
+      </c>
+      <c r="M41" t="s">
+        <v>250</v>
+      </c>
+      <c r="N41" t="s">
+        <v>71</v>
+      </c>
+      <c r="O41" t="s">
+        <v>256</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>259</v>
+      </c>
+      <c r="D42" t="s">
+        <v>260</v>
+      </c>
+      <c r="E42" t="s">
+        <v>94</v>
+      </c>
+      <c r="F42" t="s">
+        <v>66</v>
+      </c>
+      <c r="G42" t="s">
+        <v>95</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>234</v>
+      </c>
+      <c r="K42" t="s">
+        <v>68</v>
+      </c>
+      <c r="L42" t="s">
+        <v>69</v>
+      </c>
+      <c r="M42" t="s">
+        <v>261</v>
+      </c>
+      <c r="N42" t="s">
+        <v>71</v>
+      </c>
+      <c r="O42" t="s">
+        <v>262</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>233</v>
+      </c>
+      <c r="D43" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>95</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>67</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>265</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>266</v>
+      </c>
+      <c r="P43" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>268</v>
+      </c>
+      <c r="B44" t="s">
+        <v>264</v>
+      </c>
+      <c r="C44" t="s">
+        <v>233</v>
+      </c>
+      <c r="D44" t="s">
+        <v>86</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>95</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>67</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>265</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>269</v>
+      </c>
+      <c r="P44" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>111</v>
+      </c>
+      <c r="C45" t="s">
+        <v>154</v>
+      </c>
+      <c r="D45" t="s">
+        <v>93</v>
+      </c>
+      <c r="E45" t="s">
+        <v>94</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" t="s">
+        <v>95</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>35</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>157</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>271</v>
+      </c>
+      <c r="P45" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>273</v>
+      </c>
+      <c r="B46" t="s">
+        <v>63</v>
+      </c>
+      <c r="C46" t="s">
+        <v>274</v>
+      </c>
+      <c r="D46" t="s">
+        <v>65</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>66</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>67</v>
+      </c>
+      <c r="K46" t="s">
+        <v>68</v>
+      </c>
+      <c r="L46" t="s">
+        <v>69</v>
+      </c>
+      <c r="M46" t="s">
+        <v>275</v>
+      </c>
+      <c r="N46" t="s">
+        <v>71</v>
+      </c>
+      <c r="O46" t="s">
+        <v>276</v>
+      </c>
+      <c r="P46" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" t="s">
+        <v>279</v>
+      </c>
+      <c r="C47" t="s">
+        <v>76</v>
+      </c>
+      <c r="D47" t="s">
+        <v>124</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>162</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>280</v>
+      </c>
+      <c r="M47" t="s">
         <v>80</v>
       </c>
-      <c r="G32"/>
-[...4 lines deleted...]
-      <c r="J32" t="s">
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>281</v>
+      </c>
+      <c r="P47" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>283</v>
+      </c>
+      <c r="B48" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" t="s">
+        <v>76</v>
+      </c>
+      <c r="D48" t="s">
+        <v>285</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>105</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>162</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>286</v>
+      </c>
+      <c r="M48" t="s">
+        <v>80</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>287</v>
+      </c>
+      <c r="P48" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>289</v>
+      </c>
+      <c r="B49" t="s">
+        <v>290</v>
+      </c>
+      <c r="C49" t="s">
+        <v>76</v>
+      </c>
+      <c r="D49" t="s">
+        <v>138</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...28 lines deleted...]
-      <c r="F33" t="s">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>162</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>291</v>
+      </c>
+      <c r="M49" t="s">
         <v>80</v>
       </c>
-      <c r="G33"/>
-[...667 lines deleted...]
-      </c>
       <c r="N49" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>292</v>
+      </c>
+      <c r="P49" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>215</v>
+        <v>294</v>
       </c>
       <c r="B50" t="s">
-        <v>66</v>
+        <v>295</v>
       </c>
       <c r="C50" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
-      <c r="I50" t="s">
-        <v>123</v>
+      <c r="I50">
+        <v>2017</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>297</v>
       </c>
       <c r="K50" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N50" t="s">
-        <v>217</v>
-[...129 lines deleted...]
-        <v>228</v>
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>298</v>
+      </c>
+      <c r="P50" t="s">
+        <v>299</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>