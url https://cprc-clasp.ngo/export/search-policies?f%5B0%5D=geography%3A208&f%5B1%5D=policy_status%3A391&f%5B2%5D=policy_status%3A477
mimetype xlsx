--- v0 (2025-11-26)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,100 +195,148 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
+    <t>Integrated Fans</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
+    <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
     <t>standalone off-grid solar products</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
@@ -296,50 +350,97 @@
   <si>
     <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
   </si>
   <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
     <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
     <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
   </si>
   <si>
+    <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
+  </si>
+  <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
+    <t>Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
+    <t>ICS 23.080</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standards and Quality</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>IEC 62885-2/2016
+,   
+                    (EU) No 665/2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
+  </si>
+  <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
@@ -516,53 +617,50 @@
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
     <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
     <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
   </si>
   <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
-  </si>
-[...1 lines deleted...]
-    <t>Voluntary</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
@@ -1018,65 +1116,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P32"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="182.813" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1164,1510 +1262,1746 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H9">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H10">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
         <v>78</v>
       </c>
-      <c r="K10" t="s">
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
         <v>79</v>
       </c>
-      <c r="L10" t="s">
+      <c r="P10" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H11">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="I11">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
         <v>2016</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>97</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>99</v>
+      </c>
+      <c r="N13" t="s">
+        <v>100</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2016</v>
       </c>
       <c r="I14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>89</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="H15">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
       <c r="M15" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H16">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>122</v>
+      </c>
       <c r="M16" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="I17">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>96</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I18">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M18" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>137</v>
       </c>
       <c r="P18" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="D19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I19">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="I20">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="P20" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I21">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="J21" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>136</v>
+        <v>107</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B22" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C22" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>158</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="I22">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="J22" t="s">
-        <v>127</v>
+        <v>160</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
       <c r="M22" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="I23">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="J23" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="K23" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>80</v>
+        <v>168</v>
       </c>
       <c r="M23" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>167</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="E24" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="J24" t="s">
-        <v>78</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M24" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="P24" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="D25" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="E25" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="P25" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B26" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="E26" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="I26">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J26" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="K26" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>80</v>
+        <v>182</v>
       </c>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="N26" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E27" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="I27">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="J27" t="s">
         <v>160</v>
       </c>
       <c r="K27" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="N27" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D28" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="I28">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="J28" t="s">
-        <v>78</v>
+        <v>193</v>
       </c>
       <c r="K28" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="L28" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="M28" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="O28" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="P28" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>193</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I29">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J29" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="M29" t="s">
-        <v>195</v>
+        <v>130</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="D30" t="s">
-        <v>200</v>
+        <v>106</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F30" t="s">
-        <v>126</v>
+        <v>42</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I30">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
-        <v>193</v>
+        <v>210</v>
       </c>
       <c r="D31" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="I31">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="J31" t="s">
-        <v>141</v>
+        <v>193</v>
       </c>
       <c r="K31" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="L31" t="s">
-        <v>206</v>
+        <v>98</v>
       </c>
       <c r="M31" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="N31" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="O31" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
         <v>210</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>94</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>166</v>
+        <v>113</v>
       </c>
       <c r="F32" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>193</v>
+      </c>
+      <c r="K32" t="s">
+        <v>216</v>
+      </c>
+      <c r="L32" t="s">
+        <v>98</v>
+      </c>
+      <c r="M32" t="s">
+        <v>211</v>
+      </c>
+      <c r="N32" t="s">
+        <v>100</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C33" t="s">
+        <v>219</v>
+      </c>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>95</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>96</v>
+      </c>
+      <c r="K33" t="s">
+        <v>97</v>
+      </c>
+      <c r="L33" t="s">
+        <v>98</v>
+      </c>
+      <c r="M33" t="s">
+        <v>220</v>
+      </c>
+      <c r="N33" t="s">
+        <v>100</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>225</v>
+      </c>
+      <c r="D34" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
         <v>2014</v>
       </c>
-      <c r="I32">
+      <c r="J34" t="s">
+        <v>174</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>226</v>
+      </c>
+      <c r="M34" t="s">
+        <v>227</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>228</v>
+      </c>
+      <c r="P34" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>230</v>
+      </c>
+      <c r="B35" t="s">
+        <v>231</v>
+      </c>
+      <c r="C35" t="s">
+        <v>225</v>
+      </c>
+      <c r="D35" t="s">
+        <v>232</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>159</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>174</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>233</v>
+      </c>
+      <c r="M35" t="s">
+        <v>227</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>234</v>
+      </c>
+      <c r="P35" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>225</v>
+      </c>
+      <c r="D36" t="s">
+        <v>148</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>174</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>238</v>
+      </c>
+      <c r="M36" t="s">
+        <v>227</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>239</v>
+      </c>
+      <c r="P36" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>241</v>
+      </c>
+      <c r="B37" t="s">
+        <v>242</v>
+      </c>
+      <c r="C37" t="s">
+        <v>127</v>
+      </c>
+      <c r="D37" t="s">
+        <v>243</v>
+      </c>
+      <c r="E37" t="s">
+        <v>113</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
         <v>2017</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="J37" t="s">
+        <v>244</v>
+      </c>
+      <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
-[...3 lines deleted...]
-      <c r="N32" t="s">
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>130</v>
+      </c>
+      <c r="N37" t="s">
         <v>27</v>
       </c>
-      <c r="O32" t="s">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">