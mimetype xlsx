--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,679 +12,894 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
   </si>
   <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
-    <t>March 2022</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
     <t>Lamps</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
+    <t>March 2022</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -948,1673 +1163,1942 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...20 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...37 lines deleted...]
-      <c r="I4" t="s">
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...29 lines deleted...]
-      <c r="G5">
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...11 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G9" t="s">
         <v>45</v>
       </c>
-      <c r="B8" t="s">
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>79</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
-[...15 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...36 lines deleted...]
-      <c r="J9" t="s">
+      <c r="G12" t="s">
+        <v>96</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>96</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D14" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>109</v>
+      </c>
+      <c r="M14" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...234 lines deleted...]
-        <v>2019</v>
+      <c r="G15" t="s">
+        <v>38</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-        <v>87</v>
+      <c r="I15">
+        <v>2019</v>
       </c>
       <c r="J15" t="s">
+        <v>115</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>117</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>46</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>97</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...40 lines deleted...]
-      <c r="J16" t="s">
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>64</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>151</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>145</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>79</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>148</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" t="s">
+        <v>80</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>154</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>162</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" t="s">
+        <v>80</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>154</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
+        <v>80</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>46</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>154</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>80</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>46</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>154</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>172</v>
+      </c>
+      <c r="P26" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>176</v>
+      </c>
+      <c r="E27" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>115</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>177</v>
+      </c>
+      <c r="M27" t="s">
+        <v>117</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>178</v>
+      </c>
+      <c r="P27" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...38 lines deleted...]
-      <c r="J17" t="s">
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>81</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>82</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>183</v>
+      </c>
+      <c r="P28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>63</v>
+      </c>
+      <c r="G29" t="s">
+        <v>188</v>
+      </c>
+      <c r="H29">
+        <v>2024</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>189</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
+        <v>191</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>192</v>
+      </c>
+      <c r="P29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>194</v>
+      </c>
+      <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" t="s">
+        <v>196</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>189</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>197</v>
+      </c>
+      <c r="M30" t="s">
+        <v>191</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>198</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" t="s">
+        <v>37</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>63</v>
+      </c>
+      <c r="G31" t="s">
+        <v>188</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>200</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>191</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>201</v>
+      </c>
+      <c r="P31" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>202</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" t="s">
+        <v>146</v>
+      </c>
+      <c r="E32" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...81 lines deleted...]
-      <c r="I19" t="s">
+      <c r="G32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>204</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>82</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>205</v>
+      </c>
+      <c r="P32" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>206</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>208</v>
+      </c>
+      <c r="D33" t="s">
+        <v>209</v>
+      </c>
+      <c r="E33" t="s">
         <v>20</v>
       </c>
-      <c r="J19" t="s">
-[...36 lines deleted...]
-      <c r="I20" t="s">
+      <c r="F33" t="s">
+        <v>63</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>210</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>211</v>
+      </c>
+      <c r="N33" t="s">
+        <v>212</v>
+      </c>
+      <c r="O33" t="s">
+        <v>213</v>
+      </c>
+      <c r="P33" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>215</v>
+      </c>
+      <c r="B34" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" t="s">
+        <v>62</v>
+      </c>
+      <c r="D34" t="s">
+        <v>171</v>
+      </c>
+      <c r="E34" t="s">
+        <v>216</v>
+      </c>
+      <c r="F34" t="s">
+        <v>63</v>
+      </c>
+      <c r="G34" t="s">
+        <v>80</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>64</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>217</v>
+      </c>
+      <c r="P34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>221</v>
+      </c>
+      <c r="D35" t="s">
+        <v>222</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J20" t="s">
-[...49 lines deleted...]
-      <c r="N21" t="s">
+      <c r="F35" t="s">
+        <v>63</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>223</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>221</v>
+      </c>
+      <c r="D36" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>63</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>115</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="I22" t="s">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>229</v>
+      </c>
+      <c r="M36" t="s">
+        <v>224</v>
+      </c>
+      <c r="N36" t="s">
+        <v>212</v>
+      </c>
+      <c r="O36" t="s">
+        <v>230</v>
+      </c>
+      <c r="P36" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>232</v>
+      </c>
+      <c r="B37" t="s">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>234</v>
+      </c>
+      <c r="D37" t="s">
+        <v>163</v>
+      </c>
+      <c r="E37" t="s">
         <v>20</v>
       </c>
-      <c r="J22" t="s">
-[...594 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>63</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
       </c>
       <c r="H37">
         <v>2014</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
+        <v>97</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>235</v>
+      </c>
+      <c r="M37" t="s">
+        <v>236</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>237</v>
+      </c>
+      <c r="P37" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" t="s">
+        <v>240</v>
+      </c>
+      <c r="C38" t="s">
+        <v>234</v>
+      </c>
+      <c r="D38" t="s">
+        <v>241</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" t="s">
+        <v>38</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>97</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>242</v>
+      </c>
+      <c r="M38" t="s">
+        <v>236</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>243</v>
+      </c>
+      <c r="P38" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>245</v>
+      </c>
+      <c r="B39" t="s">
+        <v>246</v>
+      </c>
+      <c r="C39" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39" t="s">
+        <v>247</v>
+      </c>
+      <c r="E39" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K37" t="s">
-[...31 lines deleted...]
-      <c r="G38">
+      <c r="G39" t="s">
+        <v>38</v>
+      </c>
+      <c r="H39">
         <v>2014</v>
       </c>
-      <c r="H38">
+      <c r="I39">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...13 lines deleted...]
-        <v>179</v>
+      <c r="J39" t="s">
+        <v>248</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>117</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>249</v>
+      </c>
+      <c r="P39" t="s">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>