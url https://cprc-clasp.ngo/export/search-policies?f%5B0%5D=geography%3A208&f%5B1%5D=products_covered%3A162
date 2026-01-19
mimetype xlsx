--- v0 (2025-10-14)
+++ v1 (2026-01-19)
@@ -12,327 +12,407 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -596,609 +676,682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="154" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="901.209" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="167.388" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...6 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...79 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>41</v>
       </c>
-      <c r="G5"/>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
       <c r="H5"/>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...7 lines deleted...]
-        <v>44</v>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...15 lines deleted...]
-      <c r="F6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...8 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...9 lines deleted...]
-        <v>50</v>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...25 lines deleted...]
-      <c r="J7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2008</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...41 lines deleted...]
-      <c r="K8" t="s">
+      <c r="G9" t="s">
         <v>58</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-        <v>29</v>
+      <c r="I9">
+        <v>2010</v>
       </c>
       <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>35</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>67</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>41</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>93</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...29 lines deleted...]
-      <c r="G10">
+      <c r="G12" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-[...88 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="N12" t="s">
-        <v>77</v>
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>