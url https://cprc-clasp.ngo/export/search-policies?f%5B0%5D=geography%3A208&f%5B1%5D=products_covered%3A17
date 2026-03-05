--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,388 +12,470 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -657,731 +739,824 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="167" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="167.388" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="228.801" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...28 lines deleted...]
-      <c r="K3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>35</v>
       </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...27 lines deleted...]
-      <c r="L4" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
         <v>39</v>
       </c>
-      <c r="M4" t="s">
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
         <v>34</v>
       </c>
-      <c r="N4" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
       </c>
       <c r="H6">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-        <v>53</v>
+      <c r="I6">
+        <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
-        <v>56</v>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...15 lines deleted...]
-      <c r="F7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2022</v>
       </c>
-      <c r="H7"/>
-[...14 lines deleted...]
-        <v>62</v>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>84</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...79 lines deleted...]
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="C10" t="s">
         <v>71</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>66</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>66</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...13 lines deleted...]
-      <c r="M10" t="s">
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="N10" t="s">
-[...75 lines deleted...]
-      <c r="L12" t="s">
+      <c r="F15" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" t="s">
+        <v>63</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
         <v>55</v>
       </c>
-      <c r="M12" t="s">
-[...118 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
-        <v>98</v>
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>