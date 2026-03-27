--- v0 (2025-10-13)
+++ v1 (2026-03-27)
@@ -12,558 +12,754 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -827,1399 +1023,1628 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="192" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>87</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>51</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
+        <v>77</v>
+      </c>
+      <c r="G14" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2008</v>
+      </c>
+      <c r="J14" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>77</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...28 lines deleted...]
-      <c r="H3">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>121</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D18" t="s">
+        <v>133</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>110</v>
+      </c>
+      <c r="D19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" t="s">
+        <v>92</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20" t="s">
+        <v>60</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>134</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>113</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>134</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>113</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>148</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>77</v>
+      </c>
+      <c r="G22" t="s">
+        <v>152</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>153</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>154</v>
+      </c>
+      <c r="P22" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>37</v>
+      </c>
+      <c r="E23" t="s">
+        <v>158</v>
+      </c>
+      <c r="F23" t="s">
+        <v>77</v>
+      </c>
+      <c r="G23" t="s">
+        <v>60</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>161</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>163</v>
+      </c>
+      <c r="B24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" t="s">
+        <v>60</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>61</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>169</v>
+      </c>
+      <c r="D25" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" t="s">
+        <v>158</v>
+      </c>
+      <c r="F25" t="s">
+        <v>51</v>
+      </c>
+      <c r="G25" t="s">
+        <v>38</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>104</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>174</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>158</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>60</v>
+      </c>
+      <c r="H26">
         <v>2017</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>177</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>98</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" t="s">
+        <v>37</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F27" t="s">
+        <v>77</v>
+      </c>
+      <c r="G27" t="s">
+        <v>180</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>187</v>
+      </c>
+      <c r="D28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" t="s">
+        <v>152</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>104</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>189</v>
+      </c>
+      <c r="P28" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" t="s">
+        <v>192</v>
+      </c>
+      <c r="C29" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" t="s">
+        <v>193</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>77</v>
+      </c>
+      <c r="G29" t="s">
+        <v>60</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>194</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>195</v>
+      </c>
+      <c r="N29" t="s">
+        <v>196</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>158</v>
+      </c>
+      <c r="F30" t="s">
+        <v>51</v>
+      </c>
+      <c r="G30" t="s">
+        <v>60</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>202</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>203</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>77</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>210</v>
+      </c>
+      <c r="M31" t="s">
+        <v>211</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>169</v>
+      </c>
+      <c r="D32" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" t="s">
+        <v>158</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...99 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G32" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
-[...14 lines deleted...]
-      <c r="G6">
+      <c r="H32">
         <v>2014</v>
       </c>
-      <c r="H6"/>
-[...118 lines deleted...]
-      <c r="G9">
+      <c r="I32">
         <v>2017</v>
       </c>
-      <c r="H9"/>
-[...926 lines deleted...]
-        <v>154</v>
+      <c r="J32" t="s">
+        <v>217</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>171</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>