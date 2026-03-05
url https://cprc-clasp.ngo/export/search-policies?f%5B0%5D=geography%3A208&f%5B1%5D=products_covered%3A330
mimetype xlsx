--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,455 +12,585 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>EN 153</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
-    <t>Nigerian MEPS and Energy Label Guide</t>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide</t>
+    <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Rwanda MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-refrigerators</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -724,1027 +854,1156 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1007.325" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...22 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...26 lines deleted...]
-      <c r="I5" t="s">
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...157 lines deleted...]
-        <v>2019</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
-      <c r="I9" t="s">
-        <v>48</v>
+      <c r="I9">
+        <v>2019</v>
       </c>
       <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...5 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...10 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...15 lines deleted...]
-      <c r="J10" t="s">
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>59</v>
+      </c>
+      <c r="E14" t="s">
+        <v>109</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>45</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" t="s">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>78</v>
+      </c>
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" t="s">
+        <v>109</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>118</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>71</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G20" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>145</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>147</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>71</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>147</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>71</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>103</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...486 lines deleted...]
-        <v>121</v>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>