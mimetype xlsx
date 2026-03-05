--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,248 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,365 +554,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...41 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...15 lines deleted...]
-        <v>2019</v>
+      <c r="G4" t="s">
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-        <v>38</v>
+      <c r="I4">
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>41</v>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...28 lines deleted...]
-      <c r="K5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>