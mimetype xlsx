--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,203 +12,225 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
+  </si>
+  <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -472,279 +494,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="134" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="91.978" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...31 lines deleted...]
-        <v>37</v>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>