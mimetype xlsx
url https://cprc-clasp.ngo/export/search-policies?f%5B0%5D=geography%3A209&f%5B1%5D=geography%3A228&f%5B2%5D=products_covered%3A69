--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,296 +12,364 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...10 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,519 +633,582 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="382.05" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1997</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K2"/>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
       <c r="L2"/>
       <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>82</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...64 lines deleted...]
-      <c r="L5" t="s">
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
         <v>38</v>
       </c>
-      <c r="M5" t="s">
-[...207 lines deleted...]
-        <v>68</v>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>