--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -12,1635 +12,2441 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="777">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
+  </si>
+  <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1904,5871 +2710,6672 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N134"/>
+  <dimension ref="A1:P134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2011</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
         <v>2011</v>
       </c>
-      <c r="H3">
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>67</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>67</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>38</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>89</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...5 lines deleted...]
-      <c r="K3" t="s">
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="L3" t="s">
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...25 lines deleted...]
-      <c r="G4">
+      <c r="K15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" t="s">
+        <v>108</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>46</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>114</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>114</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>38</v>
+      </c>
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>38</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>38</v>
+      </c>
+      <c r="L21" t="s">
+        <v>141</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>113</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2010</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>46</v>
+      </c>
+      <c r="K24" t="s">
+        <v>38</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>38</v>
+      </c>
+      <c r="L25" t="s">
+        <v>162</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>113</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>38</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2003</v>
       </c>
-      <c r="H4">
-[...11 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...25 lines deleted...]
-      <c r="G5">
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+      <c r="L28" t="s">
+        <v>177</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>67</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>182</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29">
         <v>2020</v>
       </c>
-      <c r="H5"/>
-[...9 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>46</v>
+      </c>
+      <c r="K29" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>188</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2004</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...38 lines deleted...]
-      <c r="L6" t="s">
+      <c r="K30" t="s">
+        <v>38</v>
+      </c>
+      <c r="L30" t="s">
+        <v>189</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>190</v>
+      </c>
+      <c r="P30" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...7 lines deleted...]
-      <c r="A7" t="s">
+      <c r="K31" t="s">
+        <v>38</v>
+      </c>
+      <c r="L31" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>194</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
         <v>45</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>46</v>
       </c>
-      <c r="D7" t="s">
-[...244 lines deleted...]
-      <c r="M12" t="s">
+      <c r="K32" t="s">
+        <v>38</v>
+      </c>
+      <c r="L32" t="s">
+        <v>200</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>201</v>
+      </c>
+      <c r="P32" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>203</v>
+      </c>
+      <c r="B33" t="s">
+        <v>204</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>194</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>46</v>
+      </c>
+      <c r="K33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" t="s">
+        <v>205</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>210</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>46</v>
+      </c>
+      <c r="K34" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34" t="s">
+        <v>211</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
         <v>67</v>
       </c>
-      <c r="N12" t="s">
-[...951 lines deleted...]
-    <row r="35" spans="1:14">
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>148</v>
+        <v>214</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="C35" t="s">
-        <v>149</v>
+        <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>216</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>20</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K35" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="L35" t="s">
+        <v>217</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>216</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M35" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K36" t="s">
-        <v>153</v>
+        <v>38</v>
       </c>
       <c r="L36" t="s">
+        <v>222</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>223</v>
+      </c>
+      <c r="P36" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>225</v>
+      </c>
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>64</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
         <v>23</v>
       </c>
-      <c r="M36" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="K37" t="s">
-        <v>156</v>
+        <v>38</v>
       </c>
       <c r="L37" t="s">
+        <v>227</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>228</v>
+      </c>
+      <c r="P37" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" t="s">
+        <v>231</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>146</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2002</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>46</v>
+      </c>
+      <c r="K38" t="s">
+        <v>38</v>
+      </c>
+      <c r="L38" t="s">
+        <v>232</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>233</v>
+      </c>
+      <c r="P38" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>235</v>
+      </c>
+      <c r="B39" t="s">
+        <v>236</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>237</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M37" t="s">
-[...25 lines deleted...]
-      <c r="G38">
+      <c r="K39" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39" t="s">
+        <v>238</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>239</v>
+      </c>
+      <c r="P39" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>241</v>
+      </c>
+      <c r="B40" t="s">
+        <v>242</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>243</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>38</v>
+      </c>
+      <c r="L40" t="s">
+        <v>244</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>245</v>
+      </c>
+      <c r="P40" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>247</v>
+      </c>
+      <c r="B41" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2002</v>
       </c>
-      <c r="H38">
-[...11 lines deleted...]
-      <c r="L38" t="s">
+      <c r="I41">
+        <v>2017</v>
+      </c>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M38" t="s">
-[...122 lines deleted...]
-      </c>
       <c r="K41" t="s">
-        <v>170</v>
+        <v>38</v>
       </c>
       <c r="L41" t="s">
-        <v>23</v>
+        <v>249</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>250</v>
+      </c>
+      <c r="P41" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>172</v>
+        <v>252</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="C42" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>174</v>
+        <v>46</v>
       </c>
       <c r="K42" t="s">
-        <v>175</v>
+        <v>255</v>
       </c>
       <c r="L42" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N42" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>257</v>
+      </c>
+      <c r="P42" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="B43" t="s">
-        <v>15</v>
+        <v>260</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="E43" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
-      <c r="I43" t="s">
-        <v>20</v>
+      <c r="I43">
+        <v>2011</v>
       </c>
       <c r="J43" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K43" t="s">
-        <v>179</v>
+        <v>38</v>
       </c>
       <c r="L43" t="s">
+        <v>262</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>263</v>
+      </c>
+      <c r="P43" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>265</v>
+      </c>
+      <c r="B44" t="s">
+        <v>266</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>267</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>45</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>46</v>
+      </c>
+      <c r="K44" t="s">
+        <v>38</v>
+      </c>
+      <c r="L44" t="s">
+        <v>268</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>269</v>
+      </c>
+      <c r="P44" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" t="s">
+        <v>272</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>273</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45">
+        <v>2011</v>
+      </c>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="M43" t="s">
-[...25 lines deleted...]
-      <c r="G44">
+      <c r="K45" t="s">
+        <v>38</v>
+      </c>
+      <c r="L45" t="s">
+        <v>274</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>275</v>
+      </c>
+      <c r="P45" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>277</v>
+      </c>
+      <c r="B46" t="s">
+        <v>278</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>273</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2003</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>38</v>
+      </c>
+      <c r="L46" t="s">
+        <v>279</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>280</v>
+      </c>
+      <c r="P46" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>282</v>
+      </c>
+      <c r="B47" t="s">
+        <v>283</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>284</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2003</v>
+      </c>
+      <c r="I47">
+        <v>2016</v>
+      </c>
+      <c r="J47" t="s">
+        <v>46</v>
+      </c>
+      <c r="K47" t="s">
+        <v>38</v>
+      </c>
+      <c r="L47" t="s">
+        <v>285</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>290</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
         <v>2013</v>
       </c>
-      <c r="H44">
-[...11 lines deleted...]
-      <c r="L44" t="s">
+      <c r="J48" t="s">
         <v>23</v>
       </c>
-      <c r="M44" t="s">
-[...25 lines deleted...]
-      <c r="G45">
+      <c r="K48" t="s">
+        <v>38</v>
+      </c>
+      <c r="L48" t="s">
+        <v>291</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>292</v>
+      </c>
+      <c r="P48" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>294</v>
+      </c>
+      <c r="B49" t="s">
+        <v>295</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>296</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2002</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>33</v>
+      </c>
+      <c r="K49" t="s">
+        <v>38</v>
+      </c>
+      <c r="L49" t="s">
+        <v>297</v>
+      </c>
+      <c r="M49" t="s">
+        <v>97</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>298</v>
+      </c>
+      <c r="P49" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>300</v>
+      </c>
+      <c r="B50" t="s">
+        <v>301</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>284</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2003</v>
       </c>
-      <c r="H45">
-[...11 lines deleted...]
-      <c r="L45" t="s">
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
         <v>23</v>
       </c>
-      <c r="M45" t="s">
-[...25 lines deleted...]
-      <c r="G46">
+      <c r="K50" t="s">
+        <v>38</v>
+      </c>
+      <c r="L50" t="s">
+        <v>302</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>303</v>
+      </c>
+      <c r="P50" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>284</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2003</v>
       </c>
-      <c r="H46">
-[...11 lines deleted...]
-      <c r="L46" t="s">
+      <c r="I51">
+        <v>2017</v>
+      </c>
+      <c r="J51" t="s">
         <v>23</v>
       </c>
-      <c r="M46" t="s">
-[...25 lines deleted...]
-      <c r="G47">
+      <c r="K51" t="s">
+        <v>38</v>
+      </c>
+      <c r="L51" t="s">
+        <v>307</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>308</v>
+      </c>
+      <c r="P51" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>310</v>
+      </c>
+      <c r="B52" t="s">
+        <v>311</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>312</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2001</v>
+      </c>
+      <c r="I52">
+        <v>2021</v>
+      </c>
+      <c r="J52" t="s">
+        <v>46</v>
+      </c>
+      <c r="K52" t="s">
+        <v>38</v>
+      </c>
+      <c r="L52" t="s">
+        <v>313</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>314</v>
+      </c>
+      <c r="P52" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>316</v>
+      </c>
+      <c r="B53" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>312</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2001</v>
+      </c>
+      <c r="I53">
+        <v>2014</v>
+      </c>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>38</v>
+      </c>
+      <c r="L53" t="s">
+        <v>318</v>
+      </c>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>319</v>
+      </c>
+      <c r="P53" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>321</v>
+      </c>
+      <c r="B54" t="s">
+        <v>322</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>312</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2001</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>38</v>
+      </c>
+      <c r="L54" t="s">
+        <v>323</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>324</v>
+      </c>
+      <c r="P54" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>326</v>
+      </c>
+      <c r="B55" t="s">
+        <v>327</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>328</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2003</v>
       </c>
-      <c r="H47">
-[...128 lines deleted...]
-      <c r="G50">
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>46</v>
+      </c>
+      <c r="K55" t="s">
+        <v>38</v>
+      </c>
+      <c r="L55" t="s">
+        <v>329</v>
+      </c>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>67</v>
+      </c>
+      <c r="O55" t="s">
+        <v>330</v>
+      </c>
+      <c r="P55" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>332</v>
+      </c>
+      <c r="B56" t="s">
+        <v>333</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>328</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2003</v>
       </c>
-      <c r="H50">
-[...263 lines deleted...]
-      <c r="H56">
+      <c r="I56">
         <v>2010</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>32</v>
+        <v>334</v>
       </c>
       <c r="K56" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="L56" t="s">
-        <v>23</v>
+        <v>335</v>
       </c>
       <c r="M56" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="N56" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>67</v>
+      </c>
+      <c r="O56" t="s">
+        <v>336</v>
+      </c>
+      <c r="P56"/>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>228</v>
+        <v>337</v>
       </c>
       <c r="B57" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="C57" t="s">
-        <v>229</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>339</v>
       </c>
       <c r="E57" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
         <v>2012</v>
       </c>
-      <c r="H57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="K57" t="s">
-        <v>230</v>
+        <v>38</v>
       </c>
       <c r="L57" t="s">
-        <v>23</v>
+        <v>340</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N57" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>341</v>
+      </c>
+      <c r="P57" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>232</v>
+        <v>343</v>
       </c>
       <c r="B58" t="s">
-        <v>15</v>
+        <v>344</v>
       </c>
       <c r="C58" t="s">
-        <v>233</v>
+        <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2010</v>
       </c>
-      <c r="I58" t="s">
-        <v>20</v>
+      <c r="I58">
+        <v>2010</v>
       </c>
       <c r="J58" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K58" t="s">
-        <v>234</v>
+        <v>38</v>
       </c>
       <c r="L58" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N58" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>347</v>
+      </c>
+      <c r="P58" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>236</v>
+        <v>349</v>
       </c>
       <c r="B59" t="s">
-        <v>15</v>
+        <v>350</v>
       </c>
       <c r="C59" t="s">
-        <v>233</v>
+        <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>345</v>
       </c>
       <c r="E59" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
-      <c r="I59" t="s">
-        <v>20</v>
+      <c r="I59">
+        <v>2010</v>
       </c>
       <c r="J59" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>237</v>
+        <v>38</v>
       </c>
       <c r="L59" t="s">
+        <v>351</v>
+      </c>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>352</v>
+      </c>
+      <c r="P59" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>354</v>
+      </c>
+      <c r="B60" t="s">
+        <v>355</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>345</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2000</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
         <v>23</v>
       </c>
-      <c r="M59" t="s">
-[...28 lines deleted...]
-      <c r="H60">
+      <c r="K60" t="s">
+        <v>38</v>
+      </c>
+      <c r="L60" t="s">
+        <v>340</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>356</v>
+      </c>
+      <c r="P60" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>358</v>
+      </c>
+      <c r="B61" t="s">
+        <v>359</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>360</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>45</v>
+      </c>
+      <c r="H61">
+        <v>2009</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>38</v>
+      </c>
+      <c r="L61" t="s">
+        <v>361</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>362</v>
+      </c>
+      <c r="P61" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>364</v>
+      </c>
+      <c r="B62" t="s">
+        <v>365</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>210</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2005</v>
+      </c>
+      <c r="I62">
         <v>2014</v>
       </c>
-      <c r="I60" t="s">
-[...8 lines deleted...]
-      <c r="L60" t="s">
+      <c r="J62" t="s">
         <v>23</v>
       </c>
-      <c r="M60" t="s">
-[...25 lines deleted...]
-      <c r="G61">
+      <c r="K62" t="s">
+        <v>38</v>
+      </c>
+      <c r="L62" t="s">
+        <v>366</v>
+      </c>
+      <c r="M62" t="s">
+        <v>26</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>367</v>
+      </c>
+      <c r="P62" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>369</v>
+      </c>
+      <c r="B63" t="s">
+        <v>370</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>371</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2005</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>38</v>
+      </c>
+      <c r="L63" t="s">
+        <v>372</v>
+      </c>
+      <c r="M63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>373</v>
+      </c>
+      <c r="P63" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>375</v>
+      </c>
+      <c r="B64" t="s">
+        <v>376</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>377</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2002</v>
+      </c>
+      <c r="I64">
         <v>2009</v>
       </c>
-      <c r="H61"/>
-[...9 lines deleted...]
-      <c r="L61" t="s">
+      <c r="J64" t="s">
         <v>23</v>
       </c>
-      <c r="M61" t="s">
-[...40 lines deleted...]
-      <c r="L62" t="s">
+      <c r="K64" t="s">
+        <v>38</v>
+      </c>
+      <c r="L64" t="s">
+        <v>378</v>
+      </c>
+      <c r="M64" t="s">
+        <v>26</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>379</v>
+      </c>
+      <c r="P64" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>381</v>
+      </c>
+      <c r="B65" t="s">
+        <v>382</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>383</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>45</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
         <v>23</v>
       </c>
-      <c r="M62" t="s">
-[...40 lines deleted...]
-      <c r="L63" t="s">
+      <c r="K65" t="s">
+        <v>38</v>
+      </c>
+      <c r="L65" t="s">
+        <v>384</v>
+      </c>
+      <c r="M65" t="s">
+        <v>26</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>385</v>
+      </c>
+      <c r="P65" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>387</v>
+      </c>
+      <c r="B66" t="s">
+        <v>388</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>389</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>45</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>33</v>
+      </c>
+      <c r="K66" t="s">
+        <v>38</v>
+      </c>
+      <c r="L66" t="s">
+        <v>390</v>
+      </c>
+      <c r="M66" t="s">
+        <v>97</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>391</v>
+      </c>
+      <c r="P66" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>393</v>
+      </c>
+      <c r="B67" t="s">
+        <v>394</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>395</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>45</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="M63" t="s">
-[...28 lines deleted...]
-      <c r="H64">
+      <c r="K67" t="s">
+        <v>38</v>
+      </c>
+      <c r="L67" t="s">
+        <v>396</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67" t="s">
+        <v>67</v>
+      </c>
+      <c r="O67" t="s">
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>399</v>
+      </c>
+      <c r="B68" t="s">
+        <v>400</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>389</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2009</v>
       </c>
-      <c r="I64" t="s">
-[...79 lines deleted...]
-      <c r="G66">
+      <c r="I68">
         <v>2021</v>
       </c>
-      <c r="H66"/>
-[...88 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K68" t="s">
-        <v>266</v>
+        <v>38</v>
       </c>
       <c r="L68" t="s">
-        <v>73</v>
+        <v>396</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N68" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>401</v>
+      </c>
+      <c r="P68" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>270</v>
+        <v>403</v>
       </c>
       <c r="B69" t="s">
-        <v>15</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>405</v>
       </c>
       <c r="E69" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2010</v>
       </c>
-      <c r="I69" t="s">
-        <v>20</v>
+      <c r="I69">
+        <v>2010</v>
       </c>
       <c r="J69" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="K69" t="s">
-        <v>272</v>
+        <v>38</v>
       </c>
       <c r="L69" t="s">
+        <v>406</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>407</v>
+      </c>
+      <c r="P69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>409</v>
+      </c>
+      <c r="B70" t="s">
+        <v>410</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>210</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>45</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>46</v>
+      </c>
+      <c r="K70" t="s">
+        <v>38</v>
+      </c>
+      <c r="L70" t="s">
+        <v>411</v>
+      </c>
+      <c r="M70" t="s">
+        <v>26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>412</v>
+      </c>
+      <c r="P70" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>414</v>
+      </c>
+      <c r="B71" t="s">
+        <v>415</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>210</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>45</v>
+      </c>
+      <c r="H71">
+        <v>2021</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>46</v>
+      </c>
+      <c r="K71" t="s">
+        <v>38</v>
+      </c>
+      <c r="L71" t="s">
+        <v>416</v>
+      </c>
+      <c r="M71" t="s">
+        <v>26</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>417</v>
+      </c>
+      <c r="P71" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>419</v>
+      </c>
+      <c r="B72" t="s">
+        <v>420</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>328</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>45</v>
+      </c>
+      <c r="H72">
+        <v>2022</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
+        <v>38</v>
+      </c>
+      <c r="L72" t="s">
+        <v>421</v>
+      </c>
+      <c r="M72" t="s">
+        <v>97</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>422</v>
+      </c>
+      <c r="P72" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>424</v>
+      </c>
+      <c r="B73" t="s">
+        <v>425</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>426</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>45</v>
+      </c>
+      <c r="H73">
+        <v>2018</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>46</v>
+      </c>
+      <c r="K73" t="s">
+        <v>38</v>
+      </c>
+      <c r="L73" t="s">
+        <v>427</v>
+      </c>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>428</v>
+      </c>
+      <c r="P73" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>430</v>
+      </c>
+      <c r="B74" t="s">
+        <v>431</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>371</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>45</v>
+      </c>
+      <c r="H74">
+        <v>2018</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>46</v>
+      </c>
+      <c r="K74" t="s">
+        <v>38</v>
+      </c>
+      <c r="L74" t="s">
+        <v>432</v>
+      </c>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>433</v>
+      </c>
+      <c r="P74" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>435</v>
+      </c>
+      <c r="B75" t="s">
+        <v>436</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>437</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>45</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
         <v>23</v>
       </c>
-      <c r="M69" t="s">
+      <c r="K75" t="s">
+        <v>38</v>
+      </c>
+      <c r="L75" t="s">
+        <v>438</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>439</v>
+      </c>
+      <c r="P75" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>441</v>
+      </c>
+      <c r="B76" t="s">
+        <v>442</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>339</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>45</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>38</v>
+      </c>
+      <c r="L76" t="s">
+        <v>443</v>
+      </c>
+      <c r="M76" t="s">
+        <v>26</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>444</v>
+      </c>
+      <c r="P76" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>446</v>
+      </c>
+      <c r="B77" t="s">
+        <v>447</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>448</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>45</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>38</v>
+      </c>
+      <c r="L77" t="s">
+        <v>449</v>
+      </c>
+      <c r="M77" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>450</v>
+      </c>
+      <c r="P77" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>452</v>
+      </c>
+      <c r="B78" t="s">
+        <v>453</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>437</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78">
+        <v>2018</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>38</v>
+      </c>
+      <c r="L78" t="s">
+        <v>454</v>
+      </c>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>455</v>
+      </c>
+      <c r="P78" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>457</v>
+      </c>
+      <c r="B79" t="s">
+        <v>458</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>459</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>45</v>
+      </c>
+      <c r="H79">
+        <v>2014</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>38</v>
+      </c>
+      <c r="L79" t="s">
+        <v>460</v>
+      </c>
+      <c r="M79" t="s">
+        <v>26</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>461</v>
+      </c>
+      <c r="P79" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>463</v>
+      </c>
+      <c r="B80" t="s">
+        <v>464</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>437</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>45</v>
+      </c>
+      <c r="H80">
+        <v>2014</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>38</v>
+      </c>
+      <c r="L80" t="s">
+        <v>465</v>
+      </c>
+      <c r="M80" t="s">
+        <v>26</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>466</v>
+      </c>
+      <c r="P80" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>468</v>
+      </c>
+      <c r="B81" t="s">
+        <v>469</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>437</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2003</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>38</v>
+      </c>
+      <c r="L81" t="s">
+        <v>470</v>
+      </c>
+      <c r="M81" t="s">
+        <v>26</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>471</v>
+      </c>
+      <c r="P81" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>473</v>
+      </c>
+      <c r="B82" t="s">
+        <v>474</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>339</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82">
+        <v>2014</v>
+      </c>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>38</v>
+      </c>
+      <c r="L82" t="s">
+        <v>475</v>
+      </c>
+      <c r="M82" t="s">
+        <v>26</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>476</v>
+      </c>
+      <c r="P82" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>478</v>
+      </c>
+      <c r="B83" t="s">
+        <v>479</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>480</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>45</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>38</v>
+      </c>
+      <c r="L83" t="s">
+        <v>481</v>
+      </c>
+      <c r="M83" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>482</v>
+      </c>
+      <c r="P83" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>484</v>
+      </c>
+      <c r="B84" t="s">
+        <v>485</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>437</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>45</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>46</v>
+      </c>
+      <c r="K84" t="s">
+        <v>38</v>
+      </c>
+      <c r="L84" t="s">
+        <v>486</v>
+      </c>
+      <c r="M84" t="s">
+        <v>26</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>487</v>
+      </c>
+      <c r="P84" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>489</v>
+      </c>
+      <c r="B85" t="s">
+        <v>490</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>480</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>45</v>
+      </c>
+      <c r="H85">
+        <v>2016</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>46</v>
+      </c>
+      <c r="K85" t="s">
+        <v>38</v>
+      </c>
+      <c r="L85" t="s">
+        <v>491</v>
+      </c>
+      <c r="M85" t="s">
+        <v>26</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>492</v>
+      </c>
+      <c r="P85" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>494</v>
+      </c>
+      <c r="B86" t="s">
+        <v>495</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>480</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>45</v>
+      </c>
+      <c r="H86">
+        <v>2019</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>38</v>
+      </c>
+      <c r="L86" t="s">
+        <v>496</v>
+      </c>
+      <c r="M86" t="s">
+        <v>26</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>497</v>
+      </c>
+      <c r="P86" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>499</v>
+      </c>
+      <c r="B87" t="s">
+        <v>500</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>448</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>23</v>
+      </c>
+      <c r="K87" t="s">
+        <v>38</v>
+      </c>
+      <c r="L87" t="s">
+        <v>501</v>
+      </c>
+      <c r="M87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>502</v>
+      </c>
+      <c r="P87" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>504</v>
+      </c>
+      <c r="B88" t="s">
+        <v>505</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>448</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>45</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88">
+        <v>2017</v>
+      </c>
+      <c r="J88" t="s">
+        <v>46</v>
+      </c>
+      <c r="K88" t="s">
+        <v>38</v>
+      </c>
+      <c r="L88" t="s">
+        <v>506</v>
+      </c>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>507</v>
+      </c>
+      <c r="P88" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>509</v>
+      </c>
+      <c r="B89" t="s">
+        <v>510</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>448</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>45</v>
+      </c>
+      <c r="H89">
+        <v>2019</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>46</v>
+      </c>
+      <c r="K89" t="s">
+        <v>38</v>
+      </c>
+      <c r="L89" t="s">
+        <v>511</v>
+      </c>
+      <c r="M89" t="s">
+        <v>26</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>512</v>
+      </c>
+      <c r="P89" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>514</v>
+      </c>
+      <c r="B90" t="s">
+        <v>515</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>267</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>45</v>
+      </c>
+      <c r="H90">
+        <v>2014</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>46</v>
+      </c>
+      <c r="K90" t="s">
+        <v>38</v>
+      </c>
+      <c r="L90" t="s">
+        <v>516</v>
+      </c>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>517</v>
+      </c>
+      <c r="P90" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>519</v>
+      </c>
+      <c r="B91" t="s">
+        <v>520</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>267</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>45</v>
+      </c>
+      <c r="H91">
+        <v>2017</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>46</v>
+      </c>
+      <c r="K91" t="s">
+        <v>38</v>
+      </c>
+      <c r="L91" t="s">
+        <v>521</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>522</v>
+      </c>
+      <c r="P91" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>524</v>
+      </c>
+      <c r="B92" t="s">
+        <v>525</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>526</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>45</v>
+      </c>
+      <c r="H92">
+        <v>2017</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>46</v>
+      </c>
+      <c r="K92" t="s">
+        <v>38</v>
+      </c>
+      <c r="L92" t="s">
+        <v>527</v>
+      </c>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>528</v>
+      </c>
+      <c r="P92" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>530</v>
+      </c>
+      <c r="B93" t="s">
+        <v>531</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
         <v>24</v>
       </c>
-      <c r="N69" t="s">
-[...22 lines deleted...]
-      <c r="G70">
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>45</v>
+      </c>
+      <c r="H93">
+        <v>2018</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>38</v>
+      </c>
+      <c r="L93" t="s">
+        <v>532</v>
+      </c>
+      <c r="M93" t="s">
+        <v>97</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>533</v>
+      </c>
+      <c r="P93" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>535</v>
+      </c>
+      <c r="B94" t="s">
+        <v>536</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>24</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>45</v>
+      </c>
+      <c r="H94">
+        <v>2018</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>33</v>
+      </c>
+      <c r="K94" t="s">
+        <v>38</v>
+      </c>
+      <c r="L94" t="s">
+        <v>537</v>
+      </c>
+      <c r="M94" t="s">
+        <v>97</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>538</v>
+      </c>
+      <c r="P94" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>540</v>
+      </c>
+      <c r="B95" t="s">
+        <v>541</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>542</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2015</v>
       </c>
-      <c r="H70"/>
-[...9 lines deleted...]
-      <c r="L70" t="s">
+      <c r="I95">
+        <v>2020</v>
+      </c>
+      <c r="J95" t="s">
+        <v>33</v>
+      </c>
+      <c r="K95" t="s">
+        <v>38</v>
+      </c>
+      <c r="L95" t="s">
+        <v>543</v>
+      </c>
+      <c r="M95" t="s">
+        <v>97</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>544</v>
+      </c>
+      <c r="P95" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>546</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>261</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>45</v>
+      </c>
+      <c r="H96">
+        <v>2018</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>46</v>
+      </c>
+      <c r="K96" t="s">
+        <v>38</v>
+      </c>
+      <c r="L96" t="s">
+        <v>548</v>
+      </c>
+      <c r="M96" t="s">
+        <v>26</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>549</v>
+      </c>
+      <c r="P96" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>551</v>
+      </c>
+      <c r="B97" t="s">
+        <v>552</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>553</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2009</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>33</v>
+      </c>
+      <c r="K97" t="s">
+        <v>553</v>
+      </c>
+      <c r="L97" t="s">
+        <v>554</v>
+      </c>
+      <c r="M97" t="s">
+        <v>97</v>
+      </c>
+      <c r="N97" t="s">
+        <v>555</v>
+      </c>
+      <c r="O97" t="s">
+        <v>556</v>
+      </c>
+      <c r="P97" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>558</v>
+      </c>
+      <c r="B98" t="s">
+        <v>559</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>560</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>45</v>
+      </c>
+      <c r="H98">
+        <v>2021</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>46</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>561</v>
+      </c>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>555</v>
+      </c>
+      <c r="O98" t="s">
+        <v>562</v>
+      </c>
+      <c r="P98" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>564</v>
+      </c>
+      <c r="B99" t="s">
+        <v>565</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>566</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>45</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>46</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>567</v>
+      </c>
+      <c r="M99" t="s">
+        <v>26</v>
+      </c>
+      <c r="N99" t="s">
+        <v>555</v>
+      </c>
+      <c r="O99" t="s">
+        <v>568</v>
+      </c>
+      <c r="P99" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>570</v>
+      </c>
+      <c r="B100" t="s">
+        <v>571</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>572</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2011</v>
+      </c>
+      <c r="I100">
+        <v>2017</v>
+      </c>
+      <c r="J100" t="s">
         <v>23</v>
       </c>
-      <c r="M70" t="s">
+      <c r="K100" t="s">
+        <v>38</v>
+      </c>
+      <c r="L100" t="s">
+        <v>573</v>
+      </c>
+      <c r="M100" t="s">
+        <v>26</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>574</v>
+      </c>
+      <c r="P100" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>576</v>
+      </c>
+      <c r="B101" t="s">
+        <v>577</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>560</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>45</v>
+      </c>
+      <c r="H101">
+        <v>2021</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>46</v>
+      </c>
+      <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="N70" t="s">
-[...22 lines deleted...]
-      <c r="G71">
+      <c r="L101" t="s">
+        <v>578</v>
+      </c>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>555</v>
+      </c>
+      <c r="O101" t="s">
+        <v>579</v>
+      </c>
+      <c r="P101" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>581</v>
+      </c>
+      <c r="B102" t="s">
+        <v>582</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>583</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>45</v>
+      </c>
+      <c r="H102">
+        <v>2016</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>46</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>584</v>
+      </c>
+      <c r="M102" t="s">
+        <v>26</v>
+      </c>
+      <c r="N102" t="s">
+        <v>555</v>
+      </c>
+      <c r="O102" t="s">
+        <v>585</v>
+      </c>
+      <c r="P102" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>587</v>
+      </c>
+      <c r="B103" t="s">
+        <v>588</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>583</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>45</v>
+      </c>
+      <c r="H103">
+        <v>2009</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>46</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>589</v>
+      </c>
+      <c r="M103" t="s">
+        <v>26</v>
+      </c>
+      <c r="N103" t="s">
+        <v>555</v>
+      </c>
+      <c r="O103" t="s">
+        <v>590</v>
+      </c>
+      <c r="P103" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>592</v>
+      </c>
+      <c r="B104" t="s">
+        <v>593</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>583</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>45</v>
+      </c>
+      <c r="H104">
         <v>2021</v>
       </c>
-      <c r="H71"/>
-[...9 lines deleted...]
-      <c r="L71" t="s">
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>46</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>594</v>
+      </c>
+      <c r="M104" t="s">
+        <v>26</v>
+      </c>
+      <c r="N104" t="s">
+        <v>555</v>
+      </c>
+      <c r="O104" t="s">
+        <v>595</v>
+      </c>
+      <c r="P104" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>597</v>
+      </c>
+      <c r="B105" t="s">
+        <v>598</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>237</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>45</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
         <v>23</v>
       </c>
-      <c r="M71" t="s">
-[...25 lines deleted...]
-      <c r="G72">
+      <c r="K105" t="s">
+        <v>38</v>
+      </c>
+      <c r="L105" t="s">
+        <v>599</v>
+      </c>
+      <c r="M105" t="s">
+        <v>26</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>600</v>
+      </c>
+      <c r="P105" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>602</v>
+      </c>
+      <c r="B106" t="s">
+        <v>603</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>604</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2016</v>
+      </c>
+      <c r="I106">
         <v>2022</v>
       </c>
-      <c r="H72"/>
-[...38 lines deleted...]
-      <c r="G73">
+      <c r="J106" t="s">
+        <v>33</v>
+      </c>
+      <c r="K106" t="s">
+        <v>553</v>
+      </c>
+      <c r="L106" t="s">
+        <v>605</v>
+      </c>
+      <c r="M106" t="s">
+        <v>97</v>
+      </c>
+      <c r="N106" t="s">
+        <v>555</v>
+      </c>
+      <c r="O106" t="s">
+        <v>606</v>
+      </c>
+      <c r="P106" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>608</v>
+      </c>
+      <c r="B107" t="s">
+        <v>609</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>526</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>45</v>
+      </c>
+      <c r="H107">
+        <v>2013</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>46</v>
+      </c>
+      <c r="K107" t="s">
+        <v>38</v>
+      </c>
+      <c r="L107" t="s">
+        <v>610</v>
+      </c>
+      <c r="M107" t="s">
+        <v>26</v>
+      </c>
+      <c r="N107" t="s">
+        <v>555</v>
+      </c>
+      <c r="O107" t="s">
+        <v>611</v>
+      </c>
+      <c r="P107" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>613</v>
+      </c>
+      <c r="B108" t="s">
+        <v>614</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>243</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>45</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>615</v>
+      </c>
+      <c r="L108" t="s">
+        <v>616</v>
+      </c>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>617</v>
+      </c>
+      <c r="P108" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>619</v>
+      </c>
+      <c r="B109" t="s">
+        <v>620</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>621</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>1999</v>
+      </c>
+      <c r="I109">
+        <v>2016</v>
+      </c>
+      <c r="J109" t="s">
+        <v>46</v>
+      </c>
+      <c r="K109" t="s">
+        <v>38</v>
+      </c>
+      <c r="L109" t="s">
+        <v>622</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>623</v>
+      </c>
+      <c r="P109" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>625</v>
+      </c>
+      <c r="B110" t="s">
+        <v>626</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>621</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>1999</v>
+      </c>
+      <c r="I110">
+        <v>2016</v>
+      </c>
+      <c r="J110" t="s">
+        <v>334</v>
+      </c>
+      <c r="K110" t="s">
+        <v>38</v>
+      </c>
+      <c r="L110" t="s">
+        <v>627</v>
+      </c>
+      <c r="M110" t="s">
+        <v>26</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>628</v>
+      </c>
+      <c r="P110" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>630</v>
+      </c>
+      <c r="B111" t="s">
+        <v>631</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>243</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111">
         <v>2018</v>
       </c>
-      <c r="H73"/>
-[...9 lines deleted...]
-      <c r="L73" t="s">
+      <c r="J111" t="s">
         <v>23</v>
       </c>
-      <c r="M73" t="s">
-[...25 lines deleted...]
-      <c r="G74">
+      <c r="K111" t="s">
+        <v>38</v>
+      </c>
+      <c r="L111" t="s">
+        <v>632</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>633</v>
+      </c>
+      <c r="P111" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>635</v>
+      </c>
+      <c r="B112" t="s">
+        <v>636</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>243</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2003</v>
+      </c>
+      <c r="I112">
+        <v>2015</v>
+      </c>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>615</v>
+      </c>
+      <c r="L112" t="s">
+        <v>637</v>
+      </c>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>638</v>
+      </c>
+      <c r="P112" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>640</v>
+      </c>
+      <c r="B113" t="s">
+        <v>641</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>146</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2002</v>
+      </c>
+      <c r="I113">
+        <v>2012</v>
+      </c>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>38</v>
+      </c>
+      <c r="L113" t="s">
+        <v>642</v>
+      </c>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>643</v>
+      </c>
+      <c r="P113" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>645</v>
+      </c>
+      <c r="B114" t="s">
+        <v>646</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>64</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>45</v>
+      </c>
+      <c r="H114">
+        <v>2015</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>615</v>
+      </c>
+      <c r="L114" t="s">
+        <v>647</v>
+      </c>
+      <c r="M114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>648</v>
+      </c>
+      <c r="P114" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>650</v>
+      </c>
+      <c r="B115" t="s">
+        <v>651</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>652</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>45</v>
+      </c>
+      <c r="H115">
+        <v>2009</v>
+      </c>
+      <c r="I115">
+        <v>2016</v>
+      </c>
+      <c r="J115" t="s">
+        <v>46</v>
+      </c>
+      <c r="K115" t="s">
+        <v>38</v>
+      </c>
+      <c r="L115" t="s">
+        <v>653</v>
+      </c>
+      <c r="M115" t="s">
+        <v>26</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>654</v>
+      </c>
+      <c r="P115" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>656</v>
+      </c>
+      <c r="B116" t="s">
+        <v>657</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>134</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>45</v>
+      </c>
+      <c r="H116">
+        <v>2019</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>46</v>
+      </c>
+      <c r="K116" t="s">
+        <v>38</v>
+      </c>
+      <c r="L116" t="s">
+        <v>658</v>
+      </c>
+      <c r="M116" t="s">
+        <v>26</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>659</v>
+      </c>
+      <c r="P116" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>661</v>
+      </c>
+      <c r="B117" t="s">
+        <v>662</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>663</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>45</v>
+      </c>
+      <c r="H117">
+        <v>2020</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>46</v>
+      </c>
+      <c r="K117" t="s">
+        <v>38</v>
+      </c>
+      <c r="L117" t="s">
+        <v>664</v>
+      </c>
+      <c r="M117" t="s">
+        <v>26</v>
+      </c>
+      <c r="N117" t="s">
+        <v>665</v>
+      </c>
+      <c r="O117" t="s">
+        <v>666</v>
+      </c>
+      <c r="P117" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>668</v>
+      </c>
+      <c r="B118" t="s">
+        <v>669</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>670</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2003</v>
+      </c>
+      <c r="I118">
+        <v>2013</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>38</v>
+      </c>
+      <c r="L118" t="s">
+        <v>671</v>
+      </c>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>672</v>
+      </c>
+      <c r="P118" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>674</v>
+      </c>
+      <c r="B119" t="s">
+        <v>675</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>676</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2014</v>
+      </c>
+      <c r="I119">
+        <v>2017</v>
+      </c>
+      <c r="J119" t="s">
+        <v>334</v>
+      </c>
+      <c r="K119" t="s">
+        <v>38</v>
+      </c>
+      <c r="L119" t="s">
+        <v>677</v>
+      </c>
+      <c r="M119" t="s">
+        <v>26</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>678</v>
+      </c>
+      <c r="P119" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>680</v>
+      </c>
+      <c r="B120" t="s">
+        <v>681</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>123</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2014</v>
+      </c>
+      <c r="I120">
         <v>2018</v>
       </c>
-      <c r="H74"/>
-[...9 lines deleted...]
-      <c r="L74" t="s">
+      <c r="J120" t="s">
         <v>23</v>
       </c>
-      <c r="M74" t="s">
-[...38 lines deleted...]
-      <c r="L75" t="s">
+      <c r="K120" t="s">
+        <v>38</v>
+      </c>
+      <c r="L120" t="s">
+        <v>682</v>
+      </c>
+      <c r="M120" t="s">
+        <v>26</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>683</v>
+      </c>
+      <c r="P120" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>685</v>
+      </c>
+      <c r="B121" t="s">
+        <v>686</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>676</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2014</v>
+      </c>
+      <c r="I121">
+        <v>2015</v>
+      </c>
+      <c r="J121" t="s">
         <v>23</v>
       </c>
-      <c r="M75" t="s">
-[...38 lines deleted...]
-      <c r="L76" t="s">
+      <c r="K121" t="s">
+        <v>38</v>
+      </c>
+      <c r="L121" t="s">
+        <v>687</v>
+      </c>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>688</v>
+      </c>
+      <c r="P121" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>690</v>
+      </c>
+      <c r="B122" t="s">
+        <v>691</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>572</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2008</v>
+      </c>
+      <c r="I122">
+        <v>2018</v>
+      </c>
+      <c r="J122" t="s">
         <v>23</v>
       </c>
-      <c r="M76" t="s">
-[...38 lines deleted...]
-      <c r="L77" t="s">
+      <c r="K122" t="s">
+        <v>38</v>
+      </c>
+      <c r="L122" t="s">
+        <v>692</v>
+      </c>
+      <c r="M122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>693</v>
+      </c>
+      <c r="P122" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>695</v>
+      </c>
+      <c r="B123" t="s">
+        <v>696</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>437</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>697</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2003</v>
+      </c>
+      <c r="I123">
+        <v>2014</v>
+      </c>
+      <c r="J123" t="s">
         <v>23</v>
       </c>
-      <c r="M77" t="s">
-[...28 lines deleted...]
-      <c r="H78">
+      <c r="K123" t="s">
+        <v>38</v>
+      </c>
+      <c r="L123" t="s">
+        <v>698</v>
+      </c>
+      <c r="M123" t="s">
+        <v>699</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>700</v>
+      </c>
+      <c r="P123" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>702</v>
+      </c>
+      <c r="B124" t="s">
+        <v>703</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>437</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>697</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2003</v>
+      </c>
+      <c r="I124">
+        <v>2017</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>38</v>
+      </c>
+      <c r="L124" t="s">
+        <v>704</v>
+      </c>
+      <c r="M124" t="s">
+        <v>705</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>706</v>
+      </c>
+      <c r="P124" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>708</v>
+      </c>
+      <c r="B125" t="s">
+        <v>709</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>72</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>697</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2005</v>
+      </c>
+      <c r="I125">
+        <v>2016</v>
+      </c>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>38</v>
+      </c>
+      <c r="L125" t="s">
+        <v>710</v>
+      </c>
+      <c r="M125" t="s">
+        <v>705</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>711</v>
+      </c>
+      <c r="P125" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>713</v>
+      </c>
+      <c r="B126" t="s">
+        <v>714</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>72</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>697</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2005</v>
+      </c>
+      <c r="I126">
+        <v>2016</v>
+      </c>
+      <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>38</v>
+      </c>
+      <c r="L126" t="s">
+        <v>715</v>
+      </c>
+      <c r="M126" t="s">
+        <v>705</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>716</v>
+      </c>
+      <c r="P126" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>718</v>
+      </c>
+      <c r="B127" t="s">
+        <v>719</v>
+      </c>
+      <c r="C127" t="s">
+        <v>720</v>
+      </c>
+      <c r="D127" t="s">
+        <v>721</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>722</v>
+      </c>
+      <c r="G127" t="s">
+        <v>723</v>
+      </c>
+      <c r="H127">
+        <v>2024</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>724</v>
+      </c>
+      <c r="K127" t="s">
+        <v>38</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>725</v>
+      </c>
+      <c r="N127" t="s">
+        <v>665</v>
+      </c>
+      <c r="O127" t="s">
+        <v>726</v>
+      </c>
+      <c r="P127" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>728</v>
+      </c>
+      <c r="B128" t="s">
+        <v>729</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>730</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>45</v>
+      </c>
+      <c r="H128">
         <v>2018</v>
       </c>
-      <c r="I78" t="s">
-[...426 lines deleted...]
-      <c r="H88">
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>33</v>
+      </c>
+      <c r="K128" t="s">
+        <v>255</v>
+      </c>
+      <c r="L128" t="s">
+        <v>731</v>
+      </c>
+      <c r="M128" t="s">
+        <v>732</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>733</v>
+      </c>
+      <c r="P128" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>735</v>
+      </c>
+      <c r="B129" t="s">
+        <v>736</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>737</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>45</v>
+      </c>
+      <c r="H129">
+        <v>2021</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>33</v>
+      </c>
+      <c r="K129" t="s">
+        <v>38</v>
+      </c>
+      <c r="L129" t="s">
+        <v>738</v>
+      </c>
+      <c r="M129" t="s">
+        <v>732</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>739</v>
+      </c>
+      <c r="P129" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>741</v>
+      </c>
+      <c r="B130" t="s">
+        <v>742</v>
+      </c>
+      <c r="C130" t="s">
+        <v>720</v>
+      </c>
+      <c r="D130" t="s">
+        <v>743</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>697</v>
+      </c>
+      <c r="G130" t="s">
+        <v>723</v>
+      </c>
+      <c r="H130">
+        <v>2025</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>744</v>
+      </c>
+      <c r="K130" t="s">
+        <v>38</v>
+      </c>
+      <c r="L130" t="s">
+        <v>745</v>
+      </c>
+      <c r="M130" t="s">
+        <v>746</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>747</v>
+      </c>
+      <c r="P130" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>749</v>
+      </c>
+      <c r="B131" t="s">
+        <v>750</v>
+      </c>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>751</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>722</v>
+      </c>
+      <c r="G131" t="s">
+        <v>45</v>
+      </c>
+      <c r="H131">
+        <v>2022</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>752</v>
+      </c>
+      <c r="K131" t="s">
+        <v>255</v>
+      </c>
+      <c r="L131" t="s">
+        <v>753</v>
+      </c>
+      <c r="M131" t="s">
+        <v>754</v>
+      </c>
+      <c r="N131" t="s">
+        <v>755</v>
+      </c>
+      <c r="O131" t="s">
+        <v>756</v>
+      </c>
+      <c r="P131" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>758</v>
+      </c>
+      <c r="B132" t="s">
+        <v>759</v>
+      </c>
+      <c r="C132" t="s">
+        <v>760</v>
+      </c>
+      <c r="D132" t="s">
+        <v>761</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>697</v>
+      </c>
+      <c r="G132" t="s">
+        <v>762</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>763</v>
+      </c>
+      <c r="K132" t="s">
+        <v>38</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>764</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>765</v>
+      </c>
+      <c r="P132"/>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>766</v>
+      </c>
+      <c r="B133" t="s">
+        <v>767</v>
+      </c>
+      <c r="C133" t="s">
+        <v>760</v>
+      </c>
+      <c r="D133" t="s">
+        <v>768</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>697</v>
+      </c>
+      <c r="G133" t="s">
+        <v>762</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>33</v>
+      </c>
+      <c r="K133" t="s">
+        <v>38</v>
+      </c>
+      <c r="L133" t="s">
+        <v>769</v>
+      </c>
+      <c r="M133" t="s">
+        <v>764</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>770</v>
+      </c>
+      <c r="P133"/>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>771</v>
+      </c>
+      <c r="B134" t="s">
+        <v>772</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>773</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>45</v>
+      </c>
+      <c r="H134">
         <v>2017</v>
       </c>
-      <c r="I88" t="s">
-[...1963 lines deleted...]
-      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>363</v>
-[...4 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="K134" t="s">
+        <v>553</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>365</v>
+        <v>26</v>
       </c>
       <c r="N134" t="s">
-        <v>512</v>
+        <v>555</v>
+      </c>
+      <c r="O134" t="s">
+        <v>775</v>
+      </c>
+      <c r="P134" t="s">
+        <v>776</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>