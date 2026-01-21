--- v1 (2025-12-01)
+++ v2 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="777">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="776">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2193,120 +2193,117 @@
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
@@ -2720,51 +2717,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8936,410 +8933,412 @@
       </c>
       <c r="L126" t="s">
         <v>715</v>
       </c>
       <c r="M126" t="s">
         <v>705</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
         <v>716</v>
       </c>
       <c r="P126" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
         <v>718</v>
       </c>
       <c r="B127" t="s">
         <v>719</v>
       </c>
       <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
         <v>720</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>721</v>
       </c>
-      <c r="E127" t="s">
-[...2 lines deleted...]
-      <c r="F127" t="s">
+      <c r="G127" t="s">
+        <v>8</v>
+      </c>
+      <c r="H127">
+        <v>2008</v>
+      </c>
+      <c r="I127">
+        <v>2024</v>
+      </c>
+      <c r="J127" t="s">
         <v>722</v>
-      </c>
-[...8 lines deleted...]
-        <v>724</v>
       </c>
       <c r="K127" t="s">
         <v>38</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="N127" t="s">
         <v>665</v>
       </c>
       <c r="O127" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="P127" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
+        <v>726</v>
+      </c>
+      <c r="B128" t="s">
+        <v>727</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
         <v>728</v>
-      </c>
-[...7 lines deleted...]
-        <v>730</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>45</v>
       </c>
       <c r="H128">
         <v>2018</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>33</v>
       </c>
       <c r="K128" t="s">
         <v>255</v>
       </c>
       <c r="L128" t="s">
+        <v>729</v>
+      </c>
+      <c r="M128" t="s">
+        <v>730</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
         <v>731</v>
       </c>
-      <c r="M128" t="s">
+      <c r="P128" t="s">
         <v>732</v>
-      </c>
-[...7 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>733</v>
+      </c>
+      <c r="B129" t="s">
+        <v>734</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
         <v>735</v>
-      </c>
-[...7 lines deleted...]
-        <v>737</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>45</v>
       </c>
       <c r="H129">
         <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>33</v>
       </c>
       <c r="K129" t="s">
         <v>38</v>
       </c>
       <c r="L129" t="s">
+        <v>736</v>
+      </c>
+      <c r="M129" t="s">
+        <v>730</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>737</v>
+      </c>
+      <c r="P129" t="s">
         <v>738</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
+        <v>739</v>
+      </c>
+      <c r="B130" t="s">
+        <v>740</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
         <v>741</v>
-      </c>
-[...7 lines deleted...]
-        <v>743</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>697</v>
       </c>
       <c r="G130" t="s">
-        <v>723</v>
+        <v>742</v>
       </c>
       <c r="H130">
         <v>2025</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
+        <v>743</v>
+      </c>
+      <c r="K130" t="s">
+        <v>38</v>
+      </c>
+      <c r="L130" t="s">
         <v>744</v>
       </c>
-      <c r="K130" t="s">
-[...2 lines deleted...]
-      <c r="L130" t="s">
+      <c r="M130" t="s">
         <v>745</v>
       </c>
-      <c r="M130" t="s">
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
         <v>746</v>
       </c>
-      <c r="N130" t="s">
-[...2 lines deleted...]
-      <c r="O130" t="s">
+      <c r="P130" t="s">
         <v>747</v>
-      </c>
-[...1 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
+        <v>748</v>
+      </c>
+      <c r="B131" t="s">
         <v>749</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
         <v>750</v>
       </c>
-      <c r="C131" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="G131" t="s">
         <v>45</v>
       </c>
       <c r="H131">
         <v>2022</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="K131" t="s">
         <v>255</v>
       </c>
       <c r="L131" t="s">
+        <v>752</v>
+      </c>
+      <c r="M131" t="s">
         <v>753</v>
       </c>
-      <c r="M131" t="s">
+      <c r="N131" t="s">
         <v>754</v>
       </c>
-      <c r="N131" t="s">
+      <c r="O131" t="s">
         <v>755</v>
       </c>
-      <c r="O131" t="s">
+      <c r="P131" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
+        <v>757</v>
+      </c>
+      <c r="B132" t="s">
         <v>758</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>759</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>760</v>
-      </c>
-[...1 lines deleted...]
-        <v>761</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>697</v>
       </c>
       <c r="G132" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="H132"/>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="K132" t="s">
         <v>38</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
+        <v>763</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
         <v>764</v>
-      </c>
-[...4 lines deleted...]
-        <v>765</v>
       </c>
       <c r="P132"/>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
+        <v>765</v>
+      </c>
+      <c r="B133" t="s">
         <v>766</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
+        <v>759</v>
+      </c>
+      <c r="D133" t="s">
         <v>767</v>
-      </c>
-[...4 lines deleted...]
-        <v>768</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>697</v>
       </c>
       <c r="G133" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="H133"/>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>33</v>
       </c>
       <c r="K133" t="s">
         <v>38</v>
       </c>
       <c r="L133" t="s">
+        <v>768</v>
+      </c>
+      <c r="M133" t="s">
+        <v>763</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
         <v>769</v>
-      </c>
-[...7 lines deleted...]
-        <v>770</v>
       </c>
       <c r="P133"/>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
+        <v>770</v>
+      </c>
+      <c r="B134" t="s">
         <v>771</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>773</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>45</v>
       </c>
       <c r="H134">
         <v>2017</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="K134" t="s">
         <v>553</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
         <v>26</v>
       </c>
       <c r="N134" t="s">
         <v>555</v>
       </c>
       <c r="O134" t="s">
+        <v>774</v>
+      </c>
+      <c r="P134" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">