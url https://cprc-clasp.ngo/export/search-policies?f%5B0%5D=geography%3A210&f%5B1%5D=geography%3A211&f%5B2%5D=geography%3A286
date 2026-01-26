--- v0 (2025-11-15)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="414">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -113,75 +113,81 @@
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
     <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
@@ -189,110 +195,110 @@
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...13 lines deleted...]
-    <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/10626</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
@@ -365,50 +371,53 @@
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
     <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
@@ -492,63 +501,63 @@
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
 This policy was revised in 2014, 2017 and 2020.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -582,51 +591,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -1088,51 +1097,51 @@
   <si>
     <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
     <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/Files/Air_Compressor_Schedule_Final.pdf</t>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
   </si>
   <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
     <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
   </si>
   <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
   </si>
   <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
     <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
@@ -1649,51 +1658,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="228.801" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1781,3036 +1790,3036 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2003</v>
       </c>
       <c r="I3">
         <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11">
         <v>2014</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2020</v>
       </c>
       <c r="J12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2016</v>
       </c>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O14" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P14" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>115</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C16" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H16">
         <v>2023</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2023</v>
       </c>
       <c r="I17">
         <v>2023</v>
       </c>
       <c r="J17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C21" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2009</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="M21" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="P21" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C22" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D22" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="M22" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="P22" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B23" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D23" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2020</v>
       </c>
       <c r="J23" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="M23" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B24" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C24" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D24" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24">
         <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="M24" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="P24" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B25" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C25" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D25" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H25">
         <v>2025</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="K25" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="L25" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N25" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="O25" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2006</v>
       </c>
       <c r="I26">
         <v>2024</v>
       </c>
       <c r="J26" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="M26" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="P26" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B27" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G27" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H27">
         <v>2023</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="M27" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="P27" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B28" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28">
         <v>2022</v>
       </c>
       <c r="J28" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="M28" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M29" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="P29" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>8</v>
       </c>
       <c r="H30">
         <v>2007</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="P30" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B31" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D31" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G31" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2022</v>
       </c>
       <c r="J31" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="M31" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="P31" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B32" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C32" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32">
         <v>2023</v>
       </c>
       <c r="J32" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="M32" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="P32" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B33" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C33" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33">
         <v>2022</v>
       </c>
       <c r="J33" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="M33" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P33" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B34" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D34" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="M34" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="P34" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C35" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D35" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G35" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H35">
         <v>2023</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="M35" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="P35" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B36" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C36" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H36">
         <v>2023</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M36" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="P36" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E37" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F37" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G37" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K37" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L37" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N37" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O37" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="P37" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B38" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C38" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D38" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="K38" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L38" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M38" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N38" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O38" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C39" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D39" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="E39" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F39" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G39" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="K39" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="N39" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="O39" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="P39" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B40" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D40" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="P40" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B41" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D41" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E41" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F41" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="M41" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D42" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E42" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F42" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G42" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K42" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="L42" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="M42" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="P42" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E43" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G43" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="M43" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="P43" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C44" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D44" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="E44" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F44" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44">
         <v>2016</v>
       </c>
       <c r="J44" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D45" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G45" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="M45" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="P45" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B46" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C46" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D46" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="E46" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F46" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G46" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="M46" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N46" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O46" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B47" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D47" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E47" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F47" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47">
         <v>2016</v>
       </c>
       <c r="J47" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K47" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="L47" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M47" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="P47" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B48" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C48" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D48" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E48" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F48" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G48" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="M48" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="P48" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B49" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C49" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D49" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="E49" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F49" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G49" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H49">
         <v>2019</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="M49" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="P49" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B50" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C50" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E50" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G50" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H50">
         <v>2019</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K50" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L50" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="M50" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N50" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="O50" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="P50" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B51" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C51" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D51" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E51" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F51" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51">
         <v>2023</v>
       </c>
       <c r="J51" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="M51" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="P51" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B52" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C52" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D52" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E52" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F52" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G52" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H52">
         <v>2020</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M52" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="P52" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B53" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C53" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D53" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E53" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G53" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="M53" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="P53" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B54" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C54" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D54" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E54" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F54" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G54" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="M54" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N54" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O54" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="P54" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="B55" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="C55" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D55" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E55" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F55" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G55" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="M55" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="P55" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B56" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C56" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D56" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="E56" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F56" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G56" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H56">
         <v>2024</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K56" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="L56" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M56" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N56" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="O56" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="P56" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B57" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C57" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D57" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="E57" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G57" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H57">
         <v>2024</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="M57" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="P57" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B58" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C58" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D58" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="E58" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F58" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G58" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H58">
         <v>2024</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="M58" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="P58" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B59" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C59" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D59" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="E59" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F59" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G59" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H59">
         <v>2010</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="M59" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="P59" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B60" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C60" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D60" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="E60" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F60" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2008</v>
       </c>
       <c r="I60">
         <v>2019</v>
       </c>
       <c r="J60" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M60" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B61" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C61" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D61" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="E61" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F61" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G61" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K61" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="L61" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="M61" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="P61" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B62" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C62" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D62" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E62" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F62" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G62" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="M62" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="P62" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B63" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C63" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D63" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E63" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F63" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G63" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="H63">
         <v>2025</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="M63" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="P63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B64" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C64" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D64" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E64" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F64" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2011</v>
       </c>
       <c r="I64">
         <v>2017</v>
       </c>
       <c r="J64" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="K64" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="N64" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="O64" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="P64" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">